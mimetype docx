--- v0 (2026-01-25)
+++ v1 (2026-02-19)
@@ -1709,3108 +1709,2929 @@
               <w:right w:val="single" w:sz="24" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="68906605" w14:textId="1380BD9B" w:rsidR="00AE1695" w:rsidRPr="00C979EB" w:rsidRDefault="00AE1695" w:rsidP="008150AB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Free</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AE1695" w14:paraId="16608557" w14:textId="77777777" w:rsidTr="00B7525D">
+      <w:tr w:rsidR="00AF498B" w14:paraId="7A03E8F8" w14:textId="77777777" w:rsidTr="00B7525D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1986" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="24" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="50385AB5" w14:textId="07DBBBA0" w:rsidR="00AE1695" w:rsidRPr="00C979EB" w:rsidRDefault="00AE1695" w:rsidP="008150AB">
+          <w:p w14:paraId="0B54638F" w14:textId="2F04D178" w:rsidR="00AF498B" w:rsidRDefault="00AF498B" w:rsidP="00AF498B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Monday</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1528" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="1CFCA3BA" w14:textId="1D744127" w:rsidR="00AE1695" w:rsidRPr="00C979EB" w:rsidRDefault="00AE1695" w:rsidP="008150AB">
+          <w:p w14:paraId="3F7C0FBC" w14:textId="5CC66990" w:rsidR="00AF498B" w:rsidRDefault="00AF498B" w:rsidP="00AF498B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>3-4pm</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="2321E579" w14:textId="02C2112B" w:rsidR="00AE1695" w:rsidRPr="00C979EB" w:rsidRDefault="001C51C7" w:rsidP="008150AB">
-[...15 lines deleted...]
-              <w:t xml:space="preserve">Girls Rugby </w:t>
+          <w:p w14:paraId="15746E46" w14:textId="42CCA8CE" w:rsidR="00AF498B" w:rsidRDefault="00AF498B" w:rsidP="00AF498B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>U16 Rugby</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="666D10B2" w14:textId="5553E635" w:rsidR="00AE1695" w:rsidRDefault="00405C9F" w:rsidP="008150AB">
-[...15 lines deleted...]
-              <w:t xml:space="preserve">R Cox &amp; L Amorgie </w:t>
+          <w:p w14:paraId="2EB73824" w14:textId="4074CB77" w:rsidR="00AF498B" w:rsidRDefault="00AF498B" w:rsidP="00AF498B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>J Berwick</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="01267048" w14:textId="71B01268" w:rsidR="00AE1695" w:rsidRPr="00C979EB" w:rsidRDefault="007D3DB6" w:rsidP="008150AB">
+          <w:p w14:paraId="45F18635" w14:textId="5BAE6BE5" w:rsidR="00AF498B" w:rsidRDefault="00AF498B" w:rsidP="00AF498B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Field</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="3AAE380C" w14:textId="7C7EFEA1" w:rsidR="00AE1695" w:rsidRPr="00C979EB" w:rsidRDefault="00AE1695" w:rsidP="008150AB">
-[...33 lines deleted...]
-              <w:t xml:space="preserve"> + 9</w:t>
+          <w:p w14:paraId="5DB683E2" w14:textId="4D6E1DF6" w:rsidR="00AF498B" w:rsidRDefault="00AF498B" w:rsidP="00AF498B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Year 10 + 11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1028" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="24" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="48A8FF8C" w14:textId="39564A14" w:rsidR="00AE1695" w:rsidRPr="00C979EB" w:rsidRDefault="00AE1695" w:rsidP="008150AB">
+          <w:p w14:paraId="3DEE4CC5" w14:textId="1480442E" w:rsidR="00AF498B" w:rsidRDefault="00AF498B" w:rsidP="00AF498B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Free</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007D3DB6" w14:paraId="5C4E278B" w14:textId="77777777" w:rsidTr="00B7525D">
+      <w:tr w:rsidR="00AF498B" w14:paraId="16608557" w14:textId="77777777" w:rsidTr="00B7525D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1986" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="24" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="6E847B82" w14:textId="2D684AD2" w:rsidR="007D3DB6" w:rsidRDefault="00FA5310" w:rsidP="008150AB">
+          <w:p w14:paraId="50385AB5" w14:textId="07DBBBA0" w:rsidR="00AF498B" w:rsidRPr="00C979EB" w:rsidRDefault="00AF498B" w:rsidP="00AF498B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Monday</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1528" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="6B832927" w14:textId="3B8DF024" w:rsidR="007D3DB6" w:rsidRDefault="00FA5310" w:rsidP="008150AB">
+          <w:p w14:paraId="1CFCA3BA" w14:textId="1D744127" w:rsidR="00AF498B" w:rsidRPr="00C979EB" w:rsidRDefault="00AF498B" w:rsidP="00AF498B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>3-4pm</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="21CEB1FC" w14:textId="5FE43FA8" w:rsidR="007D3DB6" w:rsidRDefault="007D3DB6" w:rsidP="008150AB">
-[...15 lines deleted...]
-              <w:t>Girls Squash</w:t>
+          <w:p w14:paraId="2321E579" w14:textId="02C2112B" w:rsidR="00AF498B" w:rsidRPr="00C979EB" w:rsidRDefault="00AF498B" w:rsidP="00AF498B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Girls Rugby </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="118ECAEB" w14:textId="027ACFE5" w:rsidR="007D3DB6" w:rsidRDefault="007D3DB6" w:rsidP="008150AB">
-[...24 lines deleted...]
-              <w:t>D’Alessandro</w:t>
+          <w:p w14:paraId="666D10B2" w14:textId="5553E635" w:rsidR="00AF498B" w:rsidRDefault="00AF498B" w:rsidP="00AF498B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">R Cox &amp; L Amorgie </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="2E0B5FF4" w14:textId="65E36AC6" w:rsidR="007D3DB6" w:rsidRDefault="003B33DD" w:rsidP="008150AB">
-[...15 lines deleted...]
-              <w:t>Squash Courts</w:t>
+          <w:p w14:paraId="01267048" w14:textId="71B01268" w:rsidR="00AF498B" w:rsidRPr="00C979EB" w:rsidRDefault="00AF498B" w:rsidP="00AF498B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Field</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="056CF188" w14:textId="4E8B2DB4" w:rsidR="007D3DB6" w:rsidRDefault="003B33DD" w:rsidP="008150AB">
-[...15 lines deleted...]
-              <w:t>All Years Girls</w:t>
+          <w:p w14:paraId="3AAE380C" w14:textId="7C7EFEA1" w:rsidR="00AF498B" w:rsidRPr="00C979EB" w:rsidRDefault="00AF498B" w:rsidP="00AF498B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Year 7 + 8 + 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1028" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="24" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="3F7A925F" w14:textId="76FB46A1" w:rsidR="007D3DB6" w:rsidRDefault="003B33DD" w:rsidP="008150AB">
+          <w:p w14:paraId="48A8FF8C" w14:textId="39564A14" w:rsidR="00AF498B" w:rsidRPr="00C979EB" w:rsidRDefault="00AF498B" w:rsidP="00AF498B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Free</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D30525" w14:paraId="01504C90" w14:textId="77777777" w:rsidTr="00B7525D">
+      <w:tr w:rsidR="00AF498B" w14:paraId="5C4E278B" w14:textId="77777777" w:rsidTr="00B7525D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1986" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="24" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="522BD007" w14:textId="0205EE18" w:rsidR="00D30525" w:rsidRDefault="00D51297" w:rsidP="008150AB">
+          <w:p w14:paraId="6E847B82" w14:textId="2D684AD2" w:rsidR="00AF498B" w:rsidRDefault="00AF498B" w:rsidP="00AF498B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Monday</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1528" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="75D8751B" w14:textId="58B35E22" w:rsidR="00D30525" w:rsidRDefault="00D51297" w:rsidP="008150AB">
+          <w:p w14:paraId="6B832927" w14:textId="3B8DF024" w:rsidR="00AF498B" w:rsidRDefault="00AF498B" w:rsidP="00AF498B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>3-4pm</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="0C11817A" w14:textId="370AA539" w:rsidR="00D30525" w:rsidRDefault="00BB6419" w:rsidP="008150AB">
-[...15 lines deleted...]
-              <w:t>Nerf Combat</w:t>
+          <w:p w14:paraId="21CEB1FC" w14:textId="5FE43FA8" w:rsidR="00AF498B" w:rsidRDefault="00AF498B" w:rsidP="00AF498B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Girls Squash</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="16A0D1C1" w14:textId="1E8AF200" w:rsidR="00D30525" w:rsidRDefault="009704D8" w:rsidP="008150AB">
-[...51 lines deleted...]
-              <w:t xml:space="preserve">T Head </w:t>
+          <w:p w14:paraId="118ECAEB" w14:textId="027ACFE5" w:rsidR="00AF498B" w:rsidRDefault="00AF498B" w:rsidP="00AF498B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>A D’Alessandro</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="329BA7F0" w14:textId="380C3080" w:rsidR="00D30525" w:rsidRDefault="00C62CDA" w:rsidP="008150AB">
-[...24 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+          <w:p w14:paraId="2E0B5FF4" w14:textId="65E36AC6" w:rsidR="00AF498B" w:rsidRDefault="00AF498B" w:rsidP="00AF498B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Squash Courts</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="18867F53" w14:textId="6118AFCA" w:rsidR="00D30525" w:rsidRDefault="00BB6419" w:rsidP="008150AB">
-[...15 lines deleted...]
-              <w:t>All Years</w:t>
+          <w:p w14:paraId="056CF188" w14:textId="4E8B2DB4" w:rsidR="00AF498B" w:rsidRDefault="00AF498B" w:rsidP="00AF498B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>All Years Girls</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1028" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="24" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="7ACF6485" w14:textId="618A7FCB" w:rsidR="00D30525" w:rsidRDefault="00300DF9" w:rsidP="008150AB">
+          <w:p w14:paraId="3F7A925F" w14:textId="76FB46A1" w:rsidR="00AF498B" w:rsidRDefault="00AF498B" w:rsidP="00AF498B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Free</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F84E80" w14:paraId="7B03D33B" w14:textId="77777777" w:rsidTr="00B7525D">
+      <w:tr w:rsidR="00AF498B" w14:paraId="01504C90" w14:textId="77777777" w:rsidTr="00B7525D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1986" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="24" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="54528FD7" w14:textId="3253C308" w:rsidR="00F84E80" w:rsidRDefault="00F84E80" w:rsidP="008150AB">
-[...24 lines deleted...]
-              <w:t>y</w:t>
+          <w:p w14:paraId="522BD007" w14:textId="0205EE18" w:rsidR="00AF498B" w:rsidRDefault="00AF498B" w:rsidP="00AF498B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Monday</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1528" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="7E65053E" w14:textId="077C6ADD" w:rsidR="00F84E80" w:rsidRDefault="00F84E80" w:rsidP="008150AB">
-[...15 lines deleted...]
-              <w:t xml:space="preserve">3-4pm </w:t>
+          <w:p w14:paraId="75D8751B" w14:textId="58B35E22" w:rsidR="00AF498B" w:rsidRDefault="00AF498B" w:rsidP="00AF498B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>3-4pm</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="04870913" w14:textId="79FCBB00" w:rsidR="00F84E80" w:rsidRDefault="00F84E80" w:rsidP="008150AB">
-[...69 lines deleted...]
-              <w:t>Only)</w:t>
+          <w:p w14:paraId="0C11817A" w14:textId="370AA539" w:rsidR="00AF498B" w:rsidRDefault="00AF498B" w:rsidP="00AF498B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Nerf Combat</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="4B73C098" w14:textId="0D4DE06C" w:rsidR="00F84E80" w:rsidRDefault="00F84E80" w:rsidP="008150AB">
-[...15 lines deleted...]
-              <w:t>R Kingston</w:t>
+          <w:p w14:paraId="16A0D1C1" w14:textId="1E8AF200" w:rsidR="00AF498B" w:rsidRDefault="00AF498B" w:rsidP="00AF498B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L Wallman &amp; T Head </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="32B064E1" w14:textId="4610BBFD" w:rsidR="00F84E80" w:rsidRDefault="00F84E80" w:rsidP="008150AB">
-[...15 lines deleted...]
-              <w:t>Netball Courts</w:t>
+          <w:p w14:paraId="329BA7F0" w14:textId="380C3080" w:rsidR="00AF498B" w:rsidRDefault="00AF498B" w:rsidP="00AF498B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ABG </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="341AE787" w14:textId="65D2D685" w:rsidR="00F84E80" w:rsidRDefault="00F84E80" w:rsidP="008150AB">
-[...15 lines deleted...]
-              <w:t>Invite Only</w:t>
+          <w:p w14:paraId="18867F53" w14:textId="6118AFCA" w:rsidR="00AF498B" w:rsidRDefault="00AF498B" w:rsidP="00AF498B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>All Years</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1028" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="24" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="0730ED14" w14:textId="0175597C" w:rsidR="00F84E80" w:rsidRDefault="00300DF9" w:rsidP="008150AB">
+          <w:p w14:paraId="7ACF6485" w14:textId="618A7FCB" w:rsidR="00AF498B" w:rsidRDefault="00AF498B" w:rsidP="00AF498B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Free</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008150AB" w14:paraId="05F66FD0" w14:textId="77777777" w:rsidTr="006A15DB">
+      <w:tr w:rsidR="00AF498B" w14:paraId="7B03D33B" w14:textId="77777777" w:rsidTr="00B7525D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1986" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="24" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="54528FD7" w14:textId="3253C308" w:rsidR="00AF498B" w:rsidRDefault="00AF498B" w:rsidP="00AF498B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Monday</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1528" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E65053E" w14:textId="077C6ADD" w:rsidR="00AF498B" w:rsidRDefault="00AF498B" w:rsidP="00AF498B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3-4pm </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="04870913" w14:textId="79FCBB00" w:rsidR="00AF498B" w:rsidRDefault="00AF498B" w:rsidP="00AF498B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Netball Development Squad </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B7525D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>(Invite Only)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B73C098" w14:textId="0D4DE06C" w:rsidR="00AF498B" w:rsidRDefault="00AF498B" w:rsidP="00AF498B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>R Kingston</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="32B064E1" w14:textId="4610BBFD" w:rsidR="00AF498B" w:rsidRDefault="00AF498B" w:rsidP="00AF498B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Netball Courts</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="341AE787" w14:textId="65D2D685" w:rsidR="00AF498B" w:rsidRDefault="00AF498B" w:rsidP="00AF498B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Invite Only</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1028" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="24" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="0730ED14" w14:textId="0175597C" w:rsidR="00AF498B" w:rsidRDefault="00AF498B" w:rsidP="00AF498B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Free</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AF498B" w14:paraId="05F66FD0" w14:textId="77777777" w:rsidTr="006A15DB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="13898" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="24" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="24" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="5FE24178" w14:textId="77777777" w:rsidR="008150AB" w:rsidRPr="00C979EB" w:rsidRDefault="008150AB" w:rsidP="008150AB">
+          <w:p w14:paraId="5FE24178" w14:textId="77777777" w:rsidR="00AF498B" w:rsidRPr="00C979EB" w:rsidRDefault="00AF498B" w:rsidP="00AF498B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001560BD" w14:paraId="590B6AB6" w14:textId="77777777" w:rsidTr="00B7525D">
+      <w:tr w:rsidR="00AF498B" w14:paraId="44011345" w14:textId="77777777" w:rsidTr="00B7525D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1986" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="24" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent5" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="72248C47" w14:textId="52A56B68" w:rsidR="001560BD" w:rsidRDefault="001560BD" w:rsidP="008150AB">
+          <w:p w14:paraId="599E1641" w14:textId="3DDBDE42" w:rsidR="00AF498B" w:rsidRDefault="00AF498B" w:rsidP="00AF498B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Tuesday</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1528" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent5" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="7F2664DE" w14:textId="21BE2242" w:rsidR="001560BD" w:rsidRDefault="001560BD" w:rsidP="008150AB">
+          <w:p w14:paraId="20C899BA" w14:textId="701D3815" w:rsidR="00AF498B" w:rsidRDefault="00AF498B" w:rsidP="00AF498B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>3-4pm</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent5" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="7EF89A32" w14:textId="4E73D7BE" w:rsidR="001560BD" w:rsidRDefault="004032AF" w:rsidP="008150AB">
-[...15 lines deleted...]
-              <w:t>U16 Rugby</w:t>
+          <w:p w14:paraId="4ABE2D71" w14:textId="72F240AA" w:rsidR="00AF498B" w:rsidRDefault="00AF498B" w:rsidP="00AF498B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Year 7 + 8 Basketball</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent5" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="2240729E" w14:textId="45D786CD" w:rsidR="001560BD" w:rsidRDefault="004032AF" w:rsidP="008150AB">
-[...24 lines deleted...]
-              <w:t>k</w:t>
+          <w:p w14:paraId="7CE21CB7" w14:textId="271FBF3C" w:rsidR="00AF498B" w:rsidRDefault="00AF498B" w:rsidP="00AF498B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>J Uttridge</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent5" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="1D79D405" w14:textId="273A1FD4" w:rsidR="001560BD" w:rsidRDefault="004032AF" w:rsidP="008150AB">
-[...15 lines deleted...]
-              <w:t>Field</w:t>
+          <w:p w14:paraId="0974A26D" w14:textId="01E8B440" w:rsidR="00AF498B" w:rsidRDefault="00AF498B" w:rsidP="00AF498B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Sports Hall</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent5" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="65C77544" w14:textId="6F80031A" w:rsidR="001560BD" w:rsidRDefault="004032AF" w:rsidP="008150AB">
-[...24 lines deleted...]
-              <w:t>10 + 11</w:t>
+          <w:p w14:paraId="5A87F282" w14:textId="678D5EA6" w:rsidR="00AF498B" w:rsidRDefault="00AF498B" w:rsidP="00AF498B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Year 7 + 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1028" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="24" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent5" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="2FEAAD69" w14:textId="503DB14E" w:rsidR="001560BD" w:rsidRDefault="008B105B" w:rsidP="008150AB">
+          <w:p w14:paraId="2C6F46EF" w14:textId="1239391A" w:rsidR="00AF498B" w:rsidRDefault="00AF498B" w:rsidP="00AF498B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Free</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00723808" w14:paraId="44011345" w14:textId="77777777" w:rsidTr="00B7525D">
+      <w:tr w:rsidR="00AF498B" w14:paraId="3C65B822" w14:textId="77777777" w:rsidTr="00B7525D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1986" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="24" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent5" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="599E1641" w14:textId="3DDBDE42" w:rsidR="00723808" w:rsidRDefault="00723808" w:rsidP="008150AB">
+          <w:p w14:paraId="5A0B1800" w14:textId="5660DCA0" w:rsidR="00AF498B" w:rsidRPr="00C979EB" w:rsidRDefault="00AF498B" w:rsidP="00AF498B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Tuesday</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1528" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent5" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="20C899BA" w14:textId="701D3815" w:rsidR="00723808" w:rsidRDefault="00723808" w:rsidP="008150AB">
-[...15 lines deleted...]
-              <w:t>3-4pm</w:t>
+          <w:p w14:paraId="76A49B21" w14:textId="700A9990" w:rsidR="00AF498B" w:rsidRPr="00C979EB" w:rsidRDefault="00AF498B" w:rsidP="00AF498B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3-4pm </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent5" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="4ABE2D71" w14:textId="72F240AA" w:rsidR="00723808" w:rsidRDefault="00723808" w:rsidP="008150AB">
-[...24 lines deleted...]
-              <w:t>7 + 8 Basketball</w:t>
+          <w:p w14:paraId="23E026BE" w14:textId="7C288F4F" w:rsidR="00AF498B" w:rsidRPr="00C979EB" w:rsidRDefault="00AF498B" w:rsidP="00AF498B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Table Tennis Club</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent5" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="7CE21CB7" w14:textId="271FBF3C" w:rsidR="00723808" w:rsidRDefault="005470DA" w:rsidP="008150AB">
-[...15 lines deleted...]
-              <w:t>J Uttridge</w:t>
+          <w:p w14:paraId="693B1446" w14:textId="4BE9D830" w:rsidR="00AF498B" w:rsidRDefault="00AF498B" w:rsidP="00AF498B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>L Day</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent5" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="0974A26D" w14:textId="01E8B440" w:rsidR="00723808" w:rsidRDefault="005470DA" w:rsidP="008150AB">
-[...15 lines deleted...]
-              <w:t>Sports Hall</w:t>
+          <w:p w14:paraId="1A85A5B0" w14:textId="43A07199" w:rsidR="00AF498B" w:rsidRDefault="00AF498B" w:rsidP="00AF498B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Dining Hall</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent5" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="5A87F282" w14:textId="678D5EA6" w:rsidR="00723808" w:rsidRDefault="005470DA" w:rsidP="008150AB">
-[...15 lines deleted...]
-              <w:t>Year 7 + 8</w:t>
+          <w:p w14:paraId="143205C4" w14:textId="77899342" w:rsidR="00AF498B" w:rsidRPr="00C979EB" w:rsidRDefault="00AF498B" w:rsidP="00AF498B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>All Years</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1028" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="24" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent5" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="2C6F46EF" w14:textId="1239391A" w:rsidR="00723808" w:rsidRDefault="005470DA" w:rsidP="008150AB">
+          <w:p w14:paraId="5E13E5DA" w14:textId="01EC2E6B" w:rsidR="00AF498B" w:rsidRPr="00C979EB" w:rsidRDefault="00AF498B" w:rsidP="00AF498B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Free</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001009E7" w14:paraId="3C65B822" w14:textId="77777777" w:rsidTr="00B7525D">
+      <w:tr w:rsidR="00AF498B" w14:paraId="3244C646" w14:textId="77777777" w:rsidTr="00B7525D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1986" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="24" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent5" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="5A0B1800" w14:textId="5660DCA0" w:rsidR="001009E7" w:rsidRPr="00C979EB" w:rsidRDefault="009C3302" w:rsidP="008150AB">
+          <w:p w14:paraId="3C6F7783" w14:textId="773AEBA3" w:rsidR="00AF498B" w:rsidRDefault="00AF498B" w:rsidP="00AF498B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Tuesday</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1528" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent5" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="76A49B21" w14:textId="700A9990" w:rsidR="001009E7" w:rsidRPr="00C979EB" w:rsidRDefault="009C3302" w:rsidP="008150AB">
-[...15 lines deleted...]
-              <w:t xml:space="preserve">3-4pm </w:t>
+          <w:p w14:paraId="1B48BCE0" w14:textId="55ED0909" w:rsidR="00AF498B" w:rsidRDefault="00AF498B" w:rsidP="00AF498B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>3-4pm</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent5" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="23E026BE" w14:textId="7C288F4F" w:rsidR="001009E7" w:rsidRPr="00C979EB" w:rsidRDefault="009C3302" w:rsidP="008150AB">
-[...15 lines deleted...]
-              <w:t>Table Tennis Club</w:t>
+          <w:p w14:paraId="5082A083" w14:textId="2EE291AC" w:rsidR="00AF498B" w:rsidRDefault="00AF498B" w:rsidP="00AF498B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Girls Football </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent5" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="693B1446" w14:textId="4BE9D830" w:rsidR="001009E7" w:rsidRDefault="009C3302" w:rsidP="008150AB">
-[...15 lines deleted...]
-              <w:t>L Day</w:t>
+          <w:p w14:paraId="3E5491D7" w14:textId="46179A6C" w:rsidR="00AF498B" w:rsidRDefault="00AF498B" w:rsidP="00AF498B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">A Cotton &amp; J Asensi </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent5" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="1A85A5B0" w14:textId="43A07199" w:rsidR="001009E7" w:rsidRDefault="009C3302" w:rsidP="008150AB">
-[...15 lines deleted...]
-              <w:t>Dining Hall</w:t>
+          <w:p w14:paraId="4D6BAD30" w14:textId="21E18ACE" w:rsidR="00AF498B" w:rsidRDefault="00AF498B" w:rsidP="00AF498B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Astro</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent5" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="143205C4" w14:textId="77899342" w:rsidR="001009E7" w:rsidRPr="00C979EB" w:rsidRDefault="000B088D" w:rsidP="008150AB">
-[...5 lines deleted...]
-                <w:szCs w:val="16"/>
+          <w:p w14:paraId="36DFDA3D" w14:textId="177D4EEE" w:rsidR="00AF498B" w:rsidRPr="00F0703F" w:rsidRDefault="00AF498B" w:rsidP="00AF498B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:vertAlign w:val="subscript"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>All Years</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1028" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="24" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent5" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="5E13E5DA" w14:textId="01EC2E6B" w:rsidR="001009E7" w:rsidRPr="00C979EB" w:rsidRDefault="000B088D" w:rsidP="008150AB">
+          <w:p w14:paraId="44C41ACB" w14:textId="65684ECD" w:rsidR="00AF498B" w:rsidRDefault="00AF498B" w:rsidP="00AF498B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Free</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008322C7" w14:paraId="3244C646" w14:textId="77777777" w:rsidTr="00B7525D">
+      <w:tr w:rsidR="00AF498B" w14:paraId="7E23B3BA" w14:textId="77777777" w:rsidTr="00B7525D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1986" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="24" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent5" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="3C6F7783" w14:textId="773AEBA3" w:rsidR="008322C7" w:rsidRDefault="008322C7" w:rsidP="008150AB">
+          <w:p w14:paraId="6C95D6D1" w14:textId="52CA2428" w:rsidR="00AF498B" w:rsidRDefault="00AF498B" w:rsidP="00AF498B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Tuesday</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1528" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent5" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="1B48BCE0" w14:textId="55ED0909" w:rsidR="008322C7" w:rsidRDefault="008322C7" w:rsidP="008150AB">
+          <w:p w14:paraId="4B5EF3CE" w14:textId="4AC02B83" w:rsidR="00AF498B" w:rsidRDefault="00AF498B" w:rsidP="00AF498B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>3-4pm</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent5" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="5082A083" w14:textId="2EE291AC" w:rsidR="008322C7" w:rsidRDefault="00DD3775" w:rsidP="008150AB">
-[...15 lines deleted...]
-              <w:t xml:space="preserve">Girls Football </w:t>
+          <w:p w14:paraId="14BC04A0" w14:textId="7C1C9165" w:rsidR="00AF498B" w:rsidRDefault="00AF498B" w:rsidP="00AF498B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Dodgeball</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent5" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="3E5491D7" w14:textId="46179A6C" w:rsidR="008322C7" w:rsidRDefault="00720109" w:rsidP="008150AB">
-[...15 lines deleted...]
-              <w:t xml:space="preserve">A Cotton &amp; J Asensi </w:t>
+          <w:p w14:paraId="0C0A18FD" w14:textId="3A524D7D" w:rsidR="00AF498B" w:rsidRDefault="00AF498B" w:rsidP="00AF498B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>J Magan</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent5" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="4D6BAD30" w14:textId="21E18ACE" w:rsidR="008322C7" w:rsidRDefault="005470DA" w:rsidP="008150AB">
-[...15 lines deleted...]
-              <w:t>Astro</w:t>
+          <w:p w14:paraId="7A6D517D" w14:textId="3F65F503" w:rsidR="00AF498B" w:rsidRDefault="00AF498B" w:rsidP="00AF498B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>CWG</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent5" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="36DFDA3D" w14:textId="177D4EEE" w:rsidR="008322C7" w:rsidRPr="00F0703F" w:rsidRDefault="00AF2F3E" w:rsidP="008150AB">
-[...16 lines deleted...]
-              <w:t>All Years</w:t>
+          <w:p w14:paraId="4EDC0F5C" w14:textId="60AE5F0F" w:rsidR="00AF498B" w:rsidRDefault="00AF498B" w:rsidP="00AF498B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Year 7 + 8 + 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1028" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="24" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent5" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="44C41ACB" w14:textId="65684ECD" w:rsidR="008322C7" w:rsidRDefault="001A2423" w:rsidP="008150AB">
+          <w:p w14:paraId="6B462C70" w14:textId="617E6FD5" w:rsidR="00AF498B" w:rsidRDefault="00AF498B" w:rsidP="00AF498B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Free</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EE3D8F" w14:paraId="7E23B3BA" w14:textId="77777777" w:rsidTr="00B7525D">
-[...182 lines deleted...]
-      <w:tr w:rsidR="009C3302" w14:paraId="1AAA8431" w14:textId="77777777" w:rsidTr="00B7525D">
+      <w:tr w:rsidR="00AF498B" w14:paraId="1AAA8431" w14:textId="77777777" w:rsidTr="00B7525D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1986" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="24" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
           </w:tcPr>
-          <w:p w14:paraId="4CD288D9" w14:textId="48B13893" w:rsidR="009C3302" w:rsidRDefault="009C3302" w:rsidP="009C3302">
+          <w:p w14:paraId="4CD288D9" w14:textId="48B13893" w:rsidR="00AF498B" w:rsidRDefault="00AF498B" w:rsidP="00AF498B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Tuesday</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1528" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
           </w:tcPr>
-          <w:p w14:paraId="43D8C912" w14:textId="51D4490D" w:rsidR="009C3302" w:rsidRDefault="009C3302" w:rsidP="009C3302">
+          <w:p w14:paraId="43D8C912" w14:textId="51D4490D" w:rsidR="00AF498B" w:rsidRDefault="00AF498B" w:rsidP="00AF498B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>3-4pm</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
           </w:tcPr>
-          <w:p w14:paraId="6EA68204" w14:textId="52F8884B" w:rsidR="009C3302" w:rsidRDefault="009C3302" w:rsidP="009C3302">
-[...24 lines deleted...]
-              <w:t>Plus</w:t>
+          <w:p w14:paraId="6EA68204" w14:textId="52F8884B" w:rsidR="00AF498B" w:rsidRDefault="00AF498B" w:rsidP="00AF498B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>GCSE PE Plus</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
           </w:tcPr>
-          <w:p w14:paraId="04D6C26D" w14:textId="13038B7D" w:rsidR="009C3302" w:rsidRDefault="009C3302" w:rsidP="009C3302">
+          <w:p w14:paraId="04D6C26D" w14:textId="13038B7D" w:rsidR="00AF498B" w:rsidRDefault="00AF498B" w:rsidP="00AF498B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>R Kingston</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
           </w:tcPr>
-          <w:p w14:paraId="3DED8386" w14:textId="0A0AE499" w:rsidR="009C3302" w:rsidRDefault="009C3302" w:rsidP="009C3302">
+          <w:p w14:paraId="3DED8386" w14:textId="0A0AE499" w:rsidR="00AF498B" w:rsidRDefault="00AF498B" w:rsidP="00AF498B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Sports Science</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
           </w:tcPr>
-          <w:p w14:paraId="5BDB80CC" w14:textId="2DD46000" w:rsidR="009C3302" w:rsidRDefault="00D736DF" w:rsidP="009C3302">
+          <w:p w14:paraId="5BDB80CC" w14:textId="2DD46000" w:rsidR="00AF498B" w:rsidRDefault="00AF498B" w:rsidP="00AF498B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>GCSE PE Students</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1028" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="24" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
           </w:tcPr>
-          <w:p w14:paraId="0EE8F924" w14:textId="4B4BA0A9" w:rsidR="009C3302" w:rsidRDefault="009C3302" w:rsidP="009C3302">
+          <w:p w14:paraId="0EE8F924" w14:textId="4B4BA0A9" w:rsidR="00AF498B" w:rsidRDefault="00AF498B" w:rsidP="00AF498B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Free</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C3302" w14:paraId="181090E4" w14:textId="77777777" w:rsidTr="00B7525D">
+      <w:tr w:rsidR="00AF498B" w14:paraId="181090E4" w14:textId="77777777" w:rsidTr="00B7525D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1986" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="24" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
           </w:tcPr>
-          <w:p w14:paraId="1DBF6614" w14:textId="2F5F5FE4" w:rsidR="009C3302" w:rsidRDefault="009C3302" w:rsidP="009C3302">
+          <w:p w14:paraId="1DBF6614" w14:textId="2F5F5FE4" w:rsidR="00AF498B" w:rsidRDefault="00AF498B" w:rsidP="00AF498B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Tuesday</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1528" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
           </w:tcPr>
-          <w:p w14:paraId="52BBCB75" w14:textId="78EE8843" w:rsidR="009C3302" w:rsidRDefault="009C3302" w:rsidP="009C3302">
+          <w:p w14:paraId="52BBCB75" w14:textId="78EE8843" w:rsidR="00AF498B" w:rsidRDefault="00AF498B" w:rsidP="00AF498B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>3-4pm</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
           </w:tcPr>
-          <w:p w14:paraId="09791835" w14:textId="42335AEB" w:rsidR="009C3302" w:rsidRDefault="009C3302" w:rsidP="009C3302">
+          <w:p w14:paraId="09791835" w14:textId="42335AEB" w:rsidR="00AF498B" w:rsidRDefault="00AF498B" w:rsidP="00AF498B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Alevel</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve"> PE </w:t>
-[...7 lines deleted...]
-              <w:t>Plus</w:t>
+              <w:t xml:space="preserve"> PE Plus</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
           </w:tcPr>
-          <w:p w14:paraId="05A24E6C" w14:textId="650EA069" w:rsidR="009C3302" w:rsidRDefault="009C3302" w:rsidP="009C3302">
+          <w:p w14:paraId="05A24E6C" w14:textId="650EA069" w:rsidR="00AF498B" w:rsidRDefault="00AF498B" w:rsidP="00AF498B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>M Wilce</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
           </w:tcPr>
-          <w:p w14:paraId="3EA73C4F" w14:textId="7D2CBB60" w:rsidR="009C3302" w:rsidRDefault="009C3302" w:rsidP="009C3302">
+          <w:p w14:paraId="3EA73C4F" w14:textId="7D2CBB60" w:rsidR="00AF498B" w:rsidRDefault="00AF498B" w:rsidP="00AF498B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Sports Science</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
           </w:tcPr>
-          <w:p w14:paraId="30C16995" w14:textId="1E9C177C" w:rsidR="009C3302" w:rsidRDefault="009C3302" w:rsidP="009C3302">
+          <w:p w14:paraId="30C16995" w14:textId="1E9C177C" w:rsidR="00AF498B" w:rsidRDefault="00AF498B" w:rsidP="00AF498B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Aevel</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> PE Students</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1028" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="24" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
           </w:tcPr>
-          <w:p w14:paraId="06FC4C87" w14:textId="571C4402" w:rsidR="009C3302" w:rsidRDefault="009C3302" w:rsidP="009C3302">
+          <w:p w14:paraId="06FC4C87" w14:textId="571C4402" w:rsidR="00AF498B" w:rsidRDefault="00AF498B" w:rsidP="00AF498B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Free</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C3302" w14:paraId="55AADD8D" w14:textId="77777777" w:rsidTr="006A15DB">
+      <w:tr w:rsidR="00AF498B" w14:paraId="55AADD8D" w14:textId="77777777" w:rsidTr="006A15DB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="13898" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="24" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="24" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="133AE689" w14:textId="77777777" w:rsidR="009C3302" w:rsidRPr="00C979EB" w:rsidRDefault="009C3302" w:rsidP="009C3302">
+          <w:p w14:paraId="133AE689" w14:textId="77777777" w:rsidR="00AF498B" w:rsidRPr="00C979EB" w:rsidRDefault="00AF498B" w:rsidP="00AF498B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C3302" w14:paraId="3FE0B99D" w14:textId="77777777" w:rsidTr="00B7525D">
+      <w:tr w:rsidR="00AF498B" w14:paraId="3FE0B99D" w14:textId="77777777" w:rsidTr="00B7525D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1986" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="24" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D0CECE" w:themeFill="background2" w:themeFillShade="E6"/>
           </w:tcPr>
-          <w:p w14:paraId="17025B84" w14:textId="06F830F8" w:rsidR="009C3302" w:rsidRPr="00C979EB" w:rsidRDefault="009C3302" w:rsidP="009C3302">
+          <w:p w14:paraId="17025B84" w14:textId="06F830F8" w:rsidR="00AF498B" w:rsidRPr="00C979EB" w:rsidRDefault="00AF498B" w:rsidP="00AF498B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C979EB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Wednesday</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1528" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D0CECE" w:themeFill="background2" w:themeFillShade="E6"/>
           </w:tcPr>
-          <w:p w14:paraId="507DA301" w14:textId="28C43439" w:rsidR="009C3302" w:rsidRPr="00C979EB" w:rsidRDefault="009C3302" w:rsidP="009C3302">
+          <w:p w14:paraId="507DA301" w14:textId="28C43439" w:rsidR="00AF498B" w:rsidRPr="00C979EB" w:rsidRDefault="00AF498B" w:rsidP="00AF498B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C979EB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>3-</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r w:rsidRPr="00C979EB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>pm</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D0CECE" w:themeFill="background2" w:themeFillShade="E6"/>
           </w:tcPr>
-          <w:p w14:paraId="7EE34536" w14:textId="695846D5" w:rsidR="009C3302" w:rsidRPr="00C979EB" w:rsidRDefault="009C3302" w:rsidP="009C3302">
+          <w:p w14:paraId="7EE34536" w14:textId="695846D5" w:rsidR="00AF498B" w:rsidRPr="00C979EB" w:rsidRDefault="00AF498B" w:rsidP="00AF498B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C979EB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Fixtures </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D0CECE" w:themeFill="background2" w:themeFillShade="E6"/>
           </w:tcPr>
-          <w:p w14:paraId="6FE31F60" w14:textId="7AA23CA8" w:rsidR="009C3302" w:rsidRPr="00C979EB" w:rsidRDefault="009C3302" w:rsidP="009C3302">
+          <w:p w14:paraId="6FE31F60" w14:textId="7AA23CA8" w:rsidR="00AF498B" w:rsidRPr="00C979EB" w:rsidRDefault="00AF498B" w:rsidP="00AF498B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C979EB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">All Staff </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D0CECE" w:themeFill="background2" w:themeFillShade="E6"/>
           </w:tcPr>
-          <w:p w14:paraId="7737A254" w14:textId="77777777" w:rsidR="009C3302" w:rsidRPr="00C979EB" w:rsidRDefault="009C3302" w:rsidP="009C3302">
+          <w:p w14:paraId="7737A254" w14:textId="77777777" w:rsidR="00AF498B" w:rsidRPr="00C979EB" w:rsidRDefault="00AF498B" w:rsidP="00AF498B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D0CECE" w:themeFill="background2" w:themeFillShade="E6"/>
           </w:tcPr>
-          <w:p w14:paraId="2C5B657B" w14:textId="787C0155" w:rsidR="009C3302" w:rsidRPr="00C979EB" w:rsidRDefault="009C3302" w:rsidP="009C3302">
+          <w:p w14:paraId="2C5B657B" w14:textId="787C0155" w:rsidR="00AF498B" w:rsidRPr="00C979EB" w:rsidRDefault="00AF498B" w:rsidP="00AF498B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C979EB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">All </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>years</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1028" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="24" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D0CECE" w:themeFill="background2" w:themeFillShade="E6"/>
           </w:tcPr>
-          <w:p w14:paraId="4950E7FD" w14:textId="746F3A10" w:rsidR="009C3302" w:rsidRPr="00C979EB" w:rsidRDefault="009C3302" w:rsidP="009C3302">
+          <w:p w14:paraId="4950E7FD" w14:textId="746F3A10" w:rsidR="00AF498B" w:rsidRPr="00C979EB" w:rsidRDefault="00AF498B" w:rsidP="00AF498B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C979EB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Free</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004A1FD4" w14:paraId="35504119" w14:textId="77777777" w:rsidTr="004A1FD4">
+      <w:tr w:rsidR="00AF498B" w14:paraId="35504119" w14:textId="77777777" w:rsidTr="004A1FD4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1986" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="24" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F765ED"/>
           </w:tcPr>
-          <w:p w14:paraId="374A2D8F" w14:textId="48C052BC" w:rsidR="004A1FD4" w:rsidRPr="00C979EB" w:rsidRDefault="004A1FD4" w:rsidP="004A1FD4">
+          <w:p w14:paraId="374A2D8F" w14:textId="48C052BC" w:rsidR="00AF498B" w:rsidRPr="00C979EB" w:rsidRDefault="00AF498B" w:rsidP="00AF498B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Wednesday</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1528" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F765ED"/>
           </w:tcPr>
-          <w:p w14:paraId="33C293C0" w14:textId="5D53A198" w:rsidR="004A1FD4" w:rsidRPr="00C979EB" w:rsidRDefault="004A1FD4" w:rsidP="004A1FD4">
+          <w:p w14:paraId="33C293C0" w14:textId="5D53A198" w:rsidR="00AF498B" w:rsidRPr="00C979EB" w:rsidRDefault="00AF498B" w:rsidP="00AF498B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>3-3:45pm</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F765ED"/>
           </w:tcPr>
-          <w:p w14:paraId="4AAB0D8F" w14:textId="6C6B3668" w:rsidR="004A1FD4" w:rsidRPr="00C979EB" w:rsidRDefault="004A1FD4" w:rsidP="004A1FD4">
+          <w:p w14:paraId="4AAB0D8F" w14:textId="6C6B3668" w:rsidR="00AF498B" w:rsidRPr="00C979EB" w:rsidRDefault="00AF498B" w:rsidP="00AF498B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Street/ Commercial Dance</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F765ED"/>
           </w:tcPr>
-          <w:p w14:paraId="1F33F481" w14:textId="68132D17" w:rsidR="004A1FD4" w:rsidRPr="00C979EB" w:rsidRDefault="004A1FD4" w:rsidP="004A1FD4">
+          <w:p w14:paraId="1F33F481" w14:textId="68132D17" w:rsidR="00AF498B" w:rsidRPr="00C979EB" w:rsidRDefault="00AF498B" w:rsidP="00AF498B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Dance Teacher</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F765ED"/>
           </w:tcPr>
-          <w:p w14:paraId="2737AC44" w14:textId="42B5A831" w:rsidR="004A1FD4" w:rsidRPr="00C979EB" w:rsidRDefault="004A1FD4" w:rsidP="004A1FD4">
+          <w:p w14:paraId="2737AC44" w14:textId="42B5A831" w:rsidR="00AF498B" w:rsidRPr="00C979EB" w:rsidRDefault="00AF498B" w:rsidP="00AF498B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>ABG</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F765ED"/>
           </w:tcPr>
-          <w:p w14:paraId="1DD87769" w14:textId="4E023BAA" w:rsidR="004A1FD4" w:rsidRPr="00C979EB" w:rsidRDefault="004A1FD4" w:rsidP="004A1FD4">
+          <w:p w14:paraId="1DD87769" w14:textId="4E023BAA" w:rsidR="00AF498B" w:rsidRPr="00C979EB" w:rsidRDefault="00AF498B" w:rsidP="00AF498B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>All Years</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1028" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="24" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F765ED"/>
           </w:tcPr>
-          <w:p w14:paraId="1469AE4B" w14:textId="46B7B6C2" w:rsidR="004A1FD4" w:rsidRPr="00C979EB" w:rsidRDefault="004A1FD4" w:rsidP="004A1FD4">
+          <w:p w14:paraId="1469AE4B" w14:textId="46B7B6C2" w:rsidR="00AF498B" w:rsidRPr="00C979EB" w:rsidRDefault="00AF498B" w:rsidP="00AF498B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B7525D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Paid</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C3302" w14:paraId="39D29748" w14:textId="77777777" w:rsidTr="00B7525D">
+      <w:tr w:rsidR="00AF498B" w14:paraId="39D29748" w14:textId="77777777" w:rsidTr="00B7525D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1986" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="24" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
           </w:tcPr>
-          <w:p w14:paraId="41DA2D45" w14:textId="6153BDEC" w:rsidR="009C3302" w:rsidRPr="00C979EB" w:rsidRDefault="009C3302" w:rsidP="009C3302">
+          <w:p w14:paraId="41DA2D45" w14:textId="6153BDEC" w:rsidR="00AF498B" w:rsidRPr="00C979EB" w:rsidRDefault="00AF498B" w:rsidP="00AF498B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Wednesday</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1528" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
           </w:tcPr>
-          <w:p w14:paraId="6A077632" w14:textId="5E124DD3" w:rsidR="009C3302" w:rsidRPr="00C979EB" w:rsidRDefault="009C3302" w:rsidP="009C3302">
+          <w:p w14:paraId="6A077632" w14:textId="5E124DD3" w:rsidR="00AF498B" w:rsidRPr="00C979EB" w:rsidRDefault="00AF498B" w:rsidP="00AF498B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>3-4pm</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
           </w:tcPr>
-          <w:p w14:paraId="3B4E5CF7" w14:textId="40A7237A" w:rsidR="009C3302" w:rsidRPr="00C979EB" w:rsidRDefault="009C3302" w:rsidP="009C3302">
-[...24 lines deleted...]
-              <w:t>Plus</w:t>
+          <w:p w14:paraId="3B4E5CF7" w14:textId="40A7237A" w:rsidR="00AF498B" w:rsidRPr="00C979EB" w:rsidRDefault="00AF498B" w:rsidP="00AF498B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>BTEC Sport Plus</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
           </w:tcPr>
-          <w:p w14:paraId="485152C9" w14:textId="71F66438" w:rsidR="009C3302" w:rsidRPr="00C979EB" w:rsidRDefault="009C3302" w:rsidP="009C3302">
+          <w:p w14:paraId="485152C9" w14:textId="71F66438" w:rsidR="00AF498B" w:rsidRPr="00C979EB" w:rsidRDefault="00AF498B" w:rsidP="00AF498B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>J Hyde</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
           </w:tcPr>
-          <w:p w14:paraId="72E1C7CD" w14:textId="222DA99E" w:rsidR="009C3302" w:rsidRPr="00C979EB" w:rsidRDefault="009C3302" w:rsidP="009C3302">
+          <w:p w14:paraId="72E1C7CD" w14:textId="222DA99E" w:rsidR="00AF498B" w:rsidRPr="00C979EB" w:rsidRDefault="00AF498B" w:rsidP="00AF498B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Sport Science</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
           </w:tcPr>
-          <w:p w14:paraId="5ABAFB0F" w14:textId="01B1C0F1" w:rsidR="009C3302" w:rsidRPr="00C979EB" w:rsidRDefault="009C3302" w:rsidP="009C3302">
+          <w:p w14:paraId="5ABAFB0F" w14:textId="01B1C0F1" w:rsidR="00AF498B" w:rsidRPr="00C979EB" w:rsidRDefault="00AF498B" w:rsidP="00AF498B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Btec</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> Sport Students</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1028" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="24" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
           </w:tcPr>
-          <w:p w14:paraId="523E4464" w14:textId="06C39139" w:rsidR="009C3302" w:rsidRPr="00C979EB" w:rsidRDefault="009C3302" w:rsidP="009C3302">
+          <w:p w14:paraId="523E4464" w14:textId="06C39139" w:rsidR="00AF498B" w:rsidRPr="00C979EB" w:rsidRDefault="00AF498B" w:rsidP="00AF498B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Free</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C3302" w14:paraId="01C9AB3C" w14:textId="77777777" w:rsidTr="006A15DB">
+      <w:tr w:rsidR="00AF498B" w14:paraId="01C9AB3C" w14:textId="77777777" w:rsidTr="006A15DB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="13898" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="24" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="24" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="14790536" w14:textId="77777777" w:rsidR="009C3302" w:rsidRPr="00C979EB" w:rsidRDefault="009C3302" w:rsidP="009C3302">
+          <w:p w14:paraId="14790536" w14:textId="77777777" w:rsidR="00AF498B" w:rsidRPr="00C979EB" w:rsidRDefault="00AF498B" w:rsidP="00AF498B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C3302" w14:paraId="5820EF91" w14:textId="77777777" w:rsidTr="00B7525D">
+      <w:tr w:rsidR="00AF498B" w14:paraId="5820EF91" w14:textId="77777777" w:rsidTr="00B7525D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1986" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="24" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="24" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CCFFFF"/>
           </w:tcPr>
-          <w:p w14:paraId="59A360E9" w14:textId="6E050DB4" w:rsidR="009C3302" w:rsidRPr="00C979EB" w:rsidRDefault="009C3302" w:rsidP="009C3302">
+          <w:p w14:paraId="59A360E9" w14:textId="6E050DB4" w:rsidR="00AF498B" w:rsidRPr="00C979EB" w:rsidRDefault="00AF498B" w:rsidP="00AF498B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C979EB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Friday</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1528" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="24" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CCFFFF"/>
           </w:tcPr>
-          <w:p w14:paraId="6BC9A468" w14:textId="52EBA627" w:rsidR="009C3302" w:rsidRPr="00C979EB" w:rsidRDefault="009C3302" w:rsidP="009C3302">
+          <w:p w14:paraId="6BC9A468" w14:textId="52EBA627" w:rsidR="00AF498B" w:rsidRPr="00C979EB" w:rsidRDefault="00AF498B" w:rsidP="00AF498B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C979EB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>3-4pm</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="24" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CCFFFF"/>
           </w:tcPr>
-          <w:p w14:paraId="31B51AD9" w14:textId="77B9B5F9" w:rsidR="009C3302" w:rsidRPr="00C979EB" w:rsidRDefault="009C3302" w:rsidP="009C3302">
+          <w:p w14:paraId="31B51AD9" w14:textId="77B9B5F9" w:rsidR="00AF498B" w:rsidRPr="00C979EB" w:rsidRDefault="00AF498B" w:rsidP="00AF498B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C979EB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Squash</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> (external club)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="24" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CCFFFF"/>
           </w:tcPr>
-          <w:p w14:paraId="0BD3D46C" w14:textId="5D4D9FB7" w:rsidR="009C3302" w:rsidRPr="00C979EB" w:rsidRDefault="009C3302" w:rsidP="009C3302">
+          <w:p w14:paraId="0BD3D46C" w14:textId="5D4D9FB7" w:rsidR="00AF498B" w:rsidRPr="00C979EB" w:rsidRDefault="00AF498B" w:rsidP="00AF498B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>A D’Alessandro</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="24" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CCFFFF"/>
           </w:tcPr>
-          <w:p w14:paraId="5888E1B0" w14:textId="3660E0CD" w:rsidR="009C3302" w:rsidRPr="00C979EB" w:rsidRDefault="009C3302" w:rsidP="009C3302">
+          <w:p w14:paraId="5888E1B0" w14:textId="3660E0CD" w:rsidR="00AF498B" w:rsidRPr="00C979EB" w:rsidRDefault="00AF498B" w:rsidP="00AF498B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C979EB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Squash Courts</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="24" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CCFFFF"/>
           </w:tcPr>
-          <w:p w14:paraId="16470E75" w14:textId="54EF3077" w:rsidR="009C3302" w:rsidRPr="00C979EB" w:rsidRDefault="009C3302" w:rsidP="009C3302">
+          <w:p w14:paraId="16470E75" w14:textId="54EF3077" w:rsidR="00AF498B" w:rsidRPr="00C979EB" w:rsidRDefault="00AF498B" w:rsidP="00AF498B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C979EB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>All Years</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1028" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="24" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="24" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CCFFFF"/>
           </w:tcPr>
-          <w:p w14:paraId="3F025919" w14:textId="1B64CDB5" w:rsidR="009C3302" w:rsidRPr="00C979EB" w:rsidRDefault="009C3302" w:rsidP="009C3302">
+          <w:p w14:paraId="3F025919" w14:textId="1B64CDB5" w:rsidR="00AF498B" w:rsidRPr="00C979EB" w:rsidRDefault="00AF498B" w:rsidP="00AF498B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Free</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="5826F320" w14:textId="61BB6B9D" w:rsidR="003B0C67" w:rsidRPr="007659FF" w:rsidRDefault="005A2024" w:rsidP="007659FF">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
@@ -5151,51 +4972,51 @@
       <w:t>6</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="3B746750" w14:textId="5290AEF6" w:rsidR="008150AB" w:rsidRDefault="008150AB">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="0687A959" w14:textId="77777777" w:rsidR="008150AB" w:rsidRDefault="008150AB">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="90"/>
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="008150AB"/>
     <w:rsid w:val="00014120"/>
     <w:rsid w:val="000705CC"/>
     <w:rsid w:val="000822BC"/>
     <w:rsid w:val="000A3962"/>
@@ -5321,50 +5142,51 @@
     <w:rsid w:val="00957A45"/>
     <w:rsid w:val="009704D8"/>
     <w:rsid w:val="00970E33"/>
     <w:rsid w:val="00971FF8"/>
     <w:rsid w:val="00972C9A"/>
     <w:rsid w:val="00981D1B"/>
     <w:rsid w:val="009A0C54"/>
     <w:rsid w:val="009B0DE3"/>
     <w:rsid w:val="009C3302"/>
     <w:rsid w:val="009C4D25"/>
     <w:rsid w:val="009D1845"/>
     <w:rsid w:val="009D32C8"/>
     <w:rsid w:val="009F3B56"/>
     <w:rsid w:val="00A05FD5"/>
     <w:rsid w:val="00A12A51"/>
     <w:rsid w:val="00A16B87"/>
     <w:rsid w:val="00A21CC3"/>
     <w:rsid w:val="00A33B34"/>
     <w:rsid w:val="00A5143D"/>
     <w:rsid w:val="00A63273"/>
     <w:rsid w:val="00A64EB9"/>
     <w:rsid w:val="00AE1695"/>
     <w:rsid w:val="00AF29AE"/>
     <w:rsid w:val="00AF2F3E"/>
     <w:rsid w:val="00AF46FD"/>
+    <w:rsid w:val="00AF498B"/>
     <w:rsid w:val="00B12BE0"/>
     <w:rsid w:val="00B15F1D"/>
     <w:rsid w:val="00B4795B"/>
     <w:rsid w:val="00B61DF9"/>
     <w:rsid w:val="00B707C2"/>
     <w:rsid w:val="00B7525D"/>
     <w:rsid w:val="00BB6419"/>
     <w:rsid w:val="00BC28A6"/>
     <w:rsid w:val="00BF1E4C"/>
     <w:rsid w:val="00C20765"/>
     <w:rsid w:val="00C317B1"/>
     <w:rsid w:val="00C57845"/>
     <w:rsid w:val="00C62CDA"/>
     <w:rsid w:val="00C63F10"/>
     <w:rsid w:val="00C650AF"/>
     <w:rsid w:val="00C766E2"/>
     <w:rsid w:val="00C8534B"/>
     <w:rsid w:val="00C979EB"/>
     <w:rsid w:val="00CA5EBF"/>
     <w:rsid w:val="00CA6468"/>
     <w:rsid w:val="00D01337"/>
     <w:rsid w:val="00D30525"/>
     <w:rsid w:val="00D365FE"/>
     <w:rsid w:val="00D51297"/>
     <w:rsid w:val="00D6779C"/>
@@ -5374,57 +5196,59 @@
     <w:rsid w:val="00D84DC5"/>
     <w:rsid w:val="00D87586"/>
     <w:rsid w:val="00D95C0E"/>
     <w:rsid w:val="00DA2283"/>
     <w:rsid w:val="00DA3C87"/>
     <w:rsid w:val="00DA5390"/>
     <w:rsid w:val="00DB11CD"/>
     <w:rsid w:val="00DB7340"/>
     <w:rsid w:val="00DD3775"/>
     <w:rsid w:val="00DE06B5"/>
     <w:rsid w:val="00DE0D86"/>
     <w:rsid w:val="00DE4EAC"/>
     <w:rsid w:val="00DF0912"/>
     <w:rsid w:val="00DF34A6"/>
     <w:rsid w:val="00DF6A1D"/>
     <w:rsid w:val="00E061B9"/>
     <w:rsid w:val="00E13EC7"/>
     <w:rsid w:val="00E1578A"/>
     <w:rsid w:val="00E224FB"/>
     <w:rsid w:val="00E256B4"/>
     <w:rsid w:val="00E502EF"/>
     <w:rsid w:val="00EB019F"/>
     <w:rsid w:val="00EB045A"/>
     <w:rsid w:val="00EC2354"/>
     <w:rsid w:val="00ED177D"/>
+    <w:rsid w:val="00ED50AA"/>
     <w:rsid w:val="00ED7FDD"/>
     <w:rsid w:val="00EE3D8F"/>
     <w:rsid w:val="00EF2730"/>
     <w:rsid w:val="00EF3D20"/>
     <w:rsid w:val="00EF5A6D"/>
     <w:rsid w:val="00EF6742"/>
     <w:rsid w:val="00F0703F"/>
+    <w:rsid w:val="00F20C49"/>
     <w:rsid w:val="00F216BD"/>
     <w:rsid w:val="00F404A3"/>
     <w:rsid w:val="00F5141B"/>
     <w:rsid w:val="00F536DC"/>
     <w:rsid w:val="00F60C79"/>
     <w:rsid w:val="00F6455F"/>
     <w:rsid w:val="00F73616"/>
     <w:rsid w:val="00F75E5F"/>
     <w:rsid w:val="00F84E80"/>
     <w:rsid w:val="00F91AE8"/>
     <w:rsid w:val="00F93004"/>
     <w:rsid w:val="00F931E2"/>
     <w:rsid w:val="00FA5310"/>
     <w:rsid w:val="00FB718B"/>
     <w:rsid w:val="00FC1F9B"/>
     <w:rsid w:val="00FE3776"/>
     <w:rsid w:val="01FE8D38"/>
     <w:rsid w:val="282AC7DF"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>