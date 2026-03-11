--- v1 (2026-02-19)
+++ v2 (2026-03-11)
@@ -141,131 +141,80 @@
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>General sports clubs are free, however if you</w:t>
             </w:r>
             <w:r w:rsidR="00696E5C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>’re able to</w:t>
             </w:r>
             <w:r w:rsidRPr="008150AB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>, a voluntary contribution can be made on ParentPay to fund coaches/equipment and transport.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="185AB380" w14:textId="0A5FF01E" w:rsidR="001F5A8A" w:rsidRPr="008150AB" w:rsidRDefault="001F5A8A" w:rsidP="008150AB">
+          <w:p w14:paraId="185AB380" w14:textId="0A5FF01E" w:rsidR="001F5A8A" w:rsidRDefault="001F5A8A" w:rsidP="008150AB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">All clubs are available for both boys and girls unless stated. </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4430DD62" w14:textId="087FC74F" w:rsidR="00136F0E" w:rsidRDefault="008150AB" w:rsidP="00EF2730">
+          <w:p w14:paraId="55198497" w14:textId="77777777" w:rsidR="00633B58" w:rsidRPr="008150AB" w:rsidRDefault="00633B58" w:rsidP="008150AB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:b/>
-[...54 lines deleted...]
-            </w:r>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
           <w:p w14:paraId="1F08C015" w14:textId="4257FA79" w:rsidR="008150AB" w:rsidRDefault="008150AB" w:rsidP="00EF2730">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="008150AB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>After school clubs run from 15:00-16:00</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
@@ -516,3921 +465,3235 @@
               <w:right w:val="single" w:sz="24" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
           <w:p w14:paraId="553AFCC0" w14:textId="2EFAD7C5" w:rsidR="008150AB" w:rsidRPr="00C979EB" w:rsidRDefault="008150AB" w:rsidP="008150AB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C979EB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>COST</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001F5A8A" w14:paraId="5AA81CE8" w14:textId="77777777" w:rsidTr="01FE8D38">
+      <w:tr w:rsidR="008150AB" w14:paraId="40BB0616" w14:textId="77777777" w:rsidTr="006A15DB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="13898" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="24" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="24" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="250562B2" w14:textId="44D2D714" w:rsidR="001F5A8A" w:rsidRPr="001F5A8A" w:rsidRDefault="001F5A8A" w:rsidP="001F5A8A">
+          <w:p w14:paraId="47A5DA78" w14:textId="37C99F8A" w:rsidR="008150AB" w:rsidRPr="001F5A8A" w:rsidRDefault="001F5A8A" w:rsidP="001F5A8A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001F5A8A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Lunch Time PE Clubs</w:t>
+              <w:t>After School PE Clubs</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> (12:</w:t>
-[...35 lines deleted...]
-              <w:t>pm)</w:t>
+              <w:t xml:space="preserve"> (15:00-16:00pm)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008150AB" w14:paraId="50BCEA4F" w14:textId="77777777" w:rsidTr="00B7525D">
+      <w:tr w:rsidR="008150AB" w14:paraId="2E3A5708" w14:textId="77777777" w:rsidTr="00B7525D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1986" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="24" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
-[...17 lines deleted...]
-              <w:t>Tuesday</w:t>
+            <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="61CA58F4" w14:textId="6BDDF36A" w:rsidR="008150AB" w:rsidRPr="00C979EB" w:rsidRDefault="008150AB" w:rsidP="008150AB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C979EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Monday</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1528" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="63BFEECB" w14:textId="012C7981" w:rsidR="008150AB" w:rsidRPr="00C979EB" w:rsidRDefault="008150AB" w:rsidP="008150AB">
+            <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="2AC362DB" w14:textId="3CD00C0A" w:rsidR="008150AB" w:rsidRPr="00C979EB" w:rsidRDefault="008150AB" w:rsidP="008150AB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C979EB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>12:</w:t>
-[...17 lines deleted...]
-              <w:t>5-13:00pm</w:t>
+              <w:t>3-4pm</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
-[...62 lines deleted...]
-              <w:t xml:space="preserve">lub </w:t>
+            <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="24B439B6" w14:textId="768DBD8B" w:rsidR="008150AB" w:rsidRPr="00C979EB" w:rsidRDefault="008150AB" w:rsidP="008150AB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C979EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Y</w:t>
+            </w:r>
+            <w:r w:rsidR="00AE1695">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>ea</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C979EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">r </w:t>
+            </w:r>
+            <w:r w:rsidR="0044607F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>9/10/11</w:t>
+            </w:r>
+            <w:r w:rsidR="00DE0D86">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Basketball</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
-[...17 lines deleted...]
-              <w:t>G Anderson</w:t>
+            <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="3116BFE7" w14:textId="40077CB3" w:rsidR="008150AB" w:rsidRPr="00C979EB" w:rsidRDefault="0044607F" w:rsidP="008150AB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>M Wilce</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="66CAD968" w14:textId="77FE4CBB" w:rsidR="008150AB" w:rsidRPr="00C979EB" w:rsidRDefault="008150AB" w:rsidP="008150AB">
+            <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="50CCD104" w14:textId="641095C0" w:rsidR="008150AB" w:rsidRPr="00C979EB" w:rsidRDefault="008150AB" w:rsidP="008150AB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C979EB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sports Hall </w:t>
+              <w:t>Sports Hall</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
-[...17 lines deleted...]
-              <w:t>All Years Girls</w:t>
+            <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C7B66F6" w14:textId="1F833F9C" w:rsidR="008150AB" w:rsidRPr="00C979EB" w:rsidRDefault="008150AB" w:rsidP="008150AB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C979EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Year </w:t>
+            </w:r>
+            <w:r w:rsidR="0044607F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>9 + 10 + 11</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C979EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1028" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="24" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="0BAB9698" w14:textId="35F10980" w:rsidR="008150AB" w:rsidRPr="00C979EB" w:rsidRDefault="008150AB" w:rsidP="008150AB">
+            <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="0529C369" w14:textId="20D992EB" w:rsidR="008150AB" w:rsidRPr="00C979EB" w:rsidRDefault="008150AB" w:rsidP="008150AB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C979EB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Free</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001F5A8A" w14:paraId="6AA2D3CF" w14:textId="77777777" w:rsidTr="006A15DB">
+      <w:tr w:rsidR="008150AB" w14:paraId="5206EC25" w14:textId="77777777" w:rsidTr="00B7525D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1986" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="24" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F29971D" w14:textId="55E600D6" w:rsidR="008150AB" w:rsidRPr="00C979EB" w:rsidRDefault="008150AB" w:rsidP="008150AB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C979EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Monday</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1528" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="4996F8C5" w14:textId="73BAE5CF" w:rsidR="008150AB" w:rsidRPr="00C979EB" w:rsidRDefault="008150AB" w:rsidP="008150AB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C979EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>3-4pm</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="3FD2711D" w14:textId="23DCB0AB" w:rsidR="008150AB" w:rsidRPr="00C979EB" w:rsidRDefault="00DF34A6" w:rsidP="008150AB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Year 7 Rugby </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="074A2D52" w14:textId="1F2FF2AD" w:rsidR="008150AB" w:rsidRPr="00C979EB" w:rsidRDefault="00DF34A6" w:rsidP="008150AB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>G Anderson</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="43B956B7" w14:textId="2B914AA0" w:rsidR="008150AB" w:rsidRPr="00C979EB" w:rsidRDefault="00A63273" w:rsidP="008150AB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Field</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="38407F9A" w14:textId="6448C5A9" w:rsidR="008150AB" w:rsidRPr="00C979EB" w:rsidRDefault="00554B20" w:rsidP="008150AB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Year </w:t>
+            </w:r>
+            <w:r w:rsidR="00D6779C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1028" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="24" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D6BF79C" w14:textId="7739AA5A" w:rsidR="008150AB" w:rsidRPr="00C979EB" w:rsidRDefault="008150AB" w:rsidP="008150AB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C979EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Free</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008150AB" w14:paraId="35C07F15" w14:textId="77777777" w:rsidTr="00B7525D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1986" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="24" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E9E246D" w14:textId="7A49256B" w:rsidR="008150AB" w:rsidRPr="00C979EB" w:rsidRDefault="008150AB" w:rsidP="008150AB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C979EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Monday </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1528" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="43E85366" w14:textId="632D7B45" w:rsidR="008150AB" w:rsidRPr="00C979EB" w:rsidRDefault="008150AB" w:rsidP="008150AB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C979EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>3-4pm</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="42D435D0" w14:textId="75CA9F85" w:rsidR="008150AB" w:rsidRPr="00C979EB" w:rsidRDefault="00A63273" w:rsidP="008150AB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Year 8 Rugby </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="62214A85" w14:textId="2CEF6058" w:rsidR="008150AB" w:rsidRPr="00C979EB" w:rsidRDefault="00A63273" w:rsidP="008150AB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>J Hyde</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="3234C7FA" w14:textId="7123BB0C" w:rsidR="008150AB" w:rsidRPr="00C979EB" w:rsidRDefault="00A63273" w:rsidP="008150AB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Field</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="2DE89EBC" w14:textId="78FD7E71" w:rsidR="008150AB" w:rsidRPr="00C979EB" w:rsidRDefault="00A63273" w:rsidP="008150AB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Year 8 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1028" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="24" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="501E4EC3" w14:textId="6D0AF277" w:rsidR="008150AB" w:rsidRPr="00C979EB" w:rsidRDefault="008150AB" w:rsidP="008150AB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C979EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Free</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AF498B" w14:paraId="7A03E8F8" w14:textId="77777777" w:rsidTr="00B7525D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1986" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="24" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B54638F" w14:textId="2F04D178" w:rsidR="00AF498B" w:rsidRDefault="00AF498B" w:rsidP="00AF498B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Monday</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1528" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F7C0FBC" w14:textId="5CC66990" w:rsidR="00AF498B" w:rsidRDefault="00AF498B" w:rsidP="00AF498B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>3-4pm</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="15746E46" w14:textId="2CFBE59F" w:rsidR="00AF498B" w:rsidRDefault="00DE29A6" w:rsidP="00AF498B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Year 11 </w:t>
+            </w:r>
+            <w:r w:rsidR="00AF498B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Rugby</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="2EB73824" w14:textId="4074CB77" w:rsidR="00AF498B" w:rsidRDefault="00AF498B" w:rsidP="00AF498B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>J Berwick</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="45F18635" w14:textId="5BAE6BE5" w:rsidR="00AF498B" w:rsidRDefault="00AF498B" w:rsidP="00AF498B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Field</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="5DB683E2" w14:textId="334858AE" w:rsidR="00AF498B" w:rsidRDefault="00AF498B" w:rsidP="00AF498B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Year 11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1028" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="24" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="3DEE4CC5" w14:textId="1480442E" w:rsidR="00AF498B" w:rsidRDefault="00AF498B" w:rsidP="00AF498B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Free</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AF498B" w14:paraId="16608557" w14:textId="77777777" w:rsidTr="00B7525D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1986" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="24" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="50385AB5" w14:textId="07DBBBA0" w:rsidR="00AF498B" w:rsidRPr="00C979EB" w:rsidRDefault="00AF498B" w:rsidP="00AF498B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Monday</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1528" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="1CFCA3BA" w14:textId="1D744127" w:rsidR="00AF498B" w:rsidRPr="00C979EB" w:rsidRDefault="00AF498B" w:rsidP="00AF498B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>3-4pm</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="2321E579" w14:textId="02C2112B" w:rsidR="00AF498B" w:rsidRPr="00C979EB" w:rsidRDefault="00AF498B" w:rsidP="00AF498B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Girls Rugby </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="666D10B2" w14:textId="5553E635" w:rsidR="00AF498B" w:rsidRDefault="00AF498B" w:rsidP="00AF498B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">R Cox &amp; L Amorgie </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="01267048" w14:textId="71B01268" w:rsidR="00AF498B" w:rsidRPr="00C979EB" w:rsidRDefault="00AF498B" w:rsidP="00AF498B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Field</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="3AAE380C" w14:textId="7C7EFEA1" w:rsidR="00AF498B" w:rsidRPr="00C979EB" w:rsidRDefault="00AF498B" w:rsidP="00AF498B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Year 7 + 8 + 9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1028" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="24" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="48A8FF8C" w14:textId="39564A14" w:rsidR="00AF498B" w:rsidRPr="00C979EB" w:rsidRDefault="00AF498B" w:rsidP="00AF498B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Free</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AF498B" w14:paraId="5C4E278B" w14:textId="77777777" w:rsidTr="00B7525D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1986" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="24" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E847B82" w14:textId="2D684AD2" w:rsidR="00AF498B" w:rsidRDefault="00AF498B" w:rsidP="00AF498B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Monday</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1528" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B832927" w14:textId="3B8DF024" w:rsidR="00AF498B" w:rsidRDefault="00AF498B" w:rsidP="00AF498B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>3-4pm</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="21CEB1FC" w14:textId="5FE43FA8" w:rsidR="00AF498B" w:rsidRDefault="00AF498B" w:rsidP="00AF498B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Girls Squash</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="118ECAEB" w14:textId="027ACFE5" w:rsidR="00AF498B" w:rsidRDefault="00AF498B" w:rsidP="00AF498B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>A D’Alessandro</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E0B5FF4" w14:textId="65E36AC6" w:rsidR="00AF498B" w:rsidRDefault="00AF498B" w:rsidP="00AF498B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Squash Courts</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="056CF188" w14:textId="4E8B2DB4" w:rsidR="00AF498B" w:rsidRDefault="00AF498B" w:rsidP="00AF498B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>All Years Girls</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1028" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="24" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F7A925F" w14:textId="76FB46A1" w:rsidR="00AF498B" w:rsidRDefault="00AF498B" w:rsidP="00AF498B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Free</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AF498B" w14:paraId="01504C90" w14:textId="77777777" w:rsidTr="00B7525D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1986" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="24" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="522BD007" w14:textId="0205EE18" w:rsidR="00AF498B" w:rsidRDefault="00AF498B" w:rsidP="00AF498B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Monday</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1528" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="75D8751B" w14:textId="58B35E22" w:rsidR="00AF498B" w:rsidRDefault="00AF498B" w:rsidP="00AF498B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>3-4pm</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C11817A" w14:textId="370AA539" w:rsidR="00AF498B" w:rsidRDefault="00AF498B" w:rsidP="00AF498B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Nerf Combat</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="16A0D1C1" w14:textId="1E8AF200" w:rsidR="00AF498B" w:rsidRDefault="00AF498B" w:rsidP="00AF498B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L Wallman &amp; T Head </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="329BA7F0" w14:textId="380C3080" w:rsidR="00AF498B" w:rsidRDefault="00AF498B" w:rsidP="00AF498B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ABG </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="18867F53" w14:textId="6118AFCA" w:rsidR="00AF498B" w:rsidRDefault="00AF498B" w:rsidP="00AF498B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>All Years</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1028" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="24" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="7ACF6485" w14:textId="618A7FCB" w:rsidR="00AF498B" w:rsidRDefault="00AF498B" w:rsidP="00AF498B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Free</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AF498B" w14:paraId="7B03D33B" w14:textId="77777777" w:rsidTr="00B7525D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1986" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="24" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="54528FD7" w14:textId="3253C308" w:rsidR="00AF498B" w:rsidRDefault="00AF498B" w:rsidP="00AF498B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Monday</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1528" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E65053E" w14:textId="077C6ADD" w:rsidR="00AF498B" w:rsidRDefault="00AF498B" w:rsidP="00AF498B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3-4pm </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="04870913" w14:textId="79FCBB00" w:rsidR="00AF498B" w:rsidRDefault="00AF498B" w:rsidP="00AF498B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Netball Development Squad </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B7525D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>(Invite Only)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B73C098" w14:textId="0D4DE06C" w:rsidR="00AF498B" w:rsidRDefault="00AF498B" w:rsidP="00AF498B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>R Kingston</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="32B064E1" w14:textId="4610BBFD" w:rsidR="00AF498B" w:rsidRDefault="00AF498B" w:rsidP="00AF498B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Netball Courts</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="341AE787" w14:textId="65D2D685" w:rsidR="00AF498B" w:rsidRDefault="00AF498B" w:rsidP="00AF498B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Invite Only</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1028" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="24" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="0730ED14" w14:textId="0175597C" w:rsidR="00AF498B" w:rsidRDefault="00AF498B" w:rsidP="00AF498B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Free</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00176B38" w14:paraId="0894F958" w14:textId="77777777" w:rsidTr="00B7525D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1986" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="24" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="0EA7A602" w14:textId="3B2FEE8C" w:rsidR="00176B38" w:rsidRDefault="00176B38" w:rsidP="00176B38">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Monday</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1528" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="509865F4" w14:textId="38DF509E" w:rsidR="00176B38" w:rsidRDefault="00176B38" w:rsidP="00176B38">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>3-4pm</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="018C2992" w14:textId="6A249C7B" w:rsidR="00176B38" w:rsidRDefault="00176B38" w:rsidP="00176B38">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Flag Football </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="7923770A" w14:textId="199407C8" w:rsidR="00176B38" w:rsidRDefault="00176B38" w:rsidP="00176B38">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>J Magan</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="609AB2E4" w14:textId="5EFB491D" w:rsidR="00176B38" w:rsidRDefault="00176B38" w:rsidP="00176B38">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Astro</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="29CDCEBD" w14:textId="6930C5FC" w:rsidR="00176B38" w:rsidRDefault="00176B38" w:rsidP="00176B38">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>All Years</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1028" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="24" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="5780F071" w14:textId="0F283655" w:rsidR="00176B38" w:rsidRDefault="00176B38" w:rsidP="00176B38">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Free</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AF498B" w14:paraId="05F66FD0" w14:textId="77777777" w:rsidTr="006A15DB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="13898" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="24" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="24" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="5A0AC7E0" w14:textId="77777777" w:rsidR="001F5A8A" w:rsidRPr="00C979EB" w:rsidRDefault="001F5A8A" w:rsidP="008150AB">
+          <w:p w14:paraId="5FE24178" w14:textId="77777777" w:rsidR="00AF498B" w:rsidRPr="00C979EB" w:rsidRDefault="00AF498B" w:rsidP="00AF498B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008150AB" w14:paraId="40BB0616" w14:textId="77777777" w:rsidTr="006A15DB">
+      <w:tr w:rsidR="00AF498B" w14:paraId="3244C646" w14:textId="77777777" w:rsidTr="00B7525D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1986" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="24" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent5" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C6F7783" w14:textId="773AEBA3" w:rsidR="00AF498B" w:rsidRDefault="00AF498B" w:rsidP="00AF498B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Tuesday</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1528" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent5" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B48BCE0" w14:textId="55ED0909" w:rsidR="00AF498B" w:rsidRDefault="00AF498B" w:rsidP="00AF498B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>3-4pm</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent5" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="5082A083" w14:textId="2EE291AC" w:rsidR="00AF498B" w:rsidRDefault="00AF498B" w:rsidP="00AF498B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Girls Football </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent5" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E5491D7" w14:textId="46179A6C" w:rsidR="00AF498B" w:rsidRDefault="00AF498B" w:rsidP="00AF498B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">A Cotton &amp; J Asensi </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent5" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D6BAD30" w14:textId="21E18ACE" w:rsidR="00AF498B" w:rsidRDefault="00AF498B" w:rsidP="00AF498B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Astro</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent5" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="36DFDA3D" w14:textId="177D4EEE" w:rsidR="00AF498B" w:rsidRPr="00F0703F" w:rsidRDefault="00AF498B" w:rsidP="00AF498B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:vertAlign w:val="subscript"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>All Years</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1028" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="24" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent5" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="44C41ACB" w14:textId="65684ECD" w:rsidR="00AF498B" w:rsidRDefault="00AF498B" w:rsidP="00AF498B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Free</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AF498B" w14:paraId="7E23B3BA" w14:textId="77777777" w:rsidTr="00B7525D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1986" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="24" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent5" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C95D6D1" w14:textId="52CA2428" w:rsidR="00AF498B" w:rsidRDefault="00AF498B" w:rsidP="00AF498B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Tuesday</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1528" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent5" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B5EF3CE" w14:textId="4AC02B83" w:rsidR="00AF498B" w:rsidRDefault="00AF498B" w:rsidP="00AF498B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>3-4pm</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent5" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="14BC04A0" w14:textId="7C1C9165" w:rsidR="00AF498B" w:rsidRDefault="00AF498B" w:rsidP="00AF498B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Dodgeball</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent5" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C0A18FD" w14:textId="67FBFD45" w:rsidR="00AF498B" w:rsidRDefault="00AF498B" w:rsidP="00AF498B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">J </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="009123D8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Uttridge</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="009123D8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent5" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A6D517D" w14:textId="3F65F503" w:rsidR="00AF498B" w:rsidRDefault="00AF498B" w:rsidP="00AF498B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>CWG</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent5" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="4EDC0F5C" w14:textId="60AE5F0F" w:rsidR="00AF498B" w:rsidRDefault="00AF498B" w:rsidP="00AF498B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Year 7 + 8 + 9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1028" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="24" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent5" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B462C70" w14:textId="617E6FD5" w:rsidR="00AF498B" w:rsidRDefault="00AF498B" w:rsidP="00AF498B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Free</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AF498B" w14:paraId="1AAA8431" w14:textId="77777777" w:rsidTr="00B7525D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1986" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="24" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
+          </w:tcPr>
+          <w:p w14:paraId="4CD288D9" w14:textId="48B13893" w:rsidR="00AF498B" w:rsidRDefault="00AF498B" w:rsidP="00AF498B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Tuesday</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1528" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
+          </w:tcPr>
+          <w:p w14:paraId="43D8C912" w14:textId="51D4490D" w:rsidR="00AF498B" w:rsidRDefault="00AF498B" w:rsidP="00AF498B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>3-4pm</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
+          </w:tcPr>
+          <w:p w14:paraId="6EA68204" w14:textId="52F8884B" w:rsidR="00AF498B" w:rsidRDefault="00AF498B" w:rsidP="00AF498B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>GCSE PE Plus</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
+          </w:tcPr>
+          <w:p w14:paraId="04D6C26D" w14:textId="13038B7D" w:rsidR="00AF498B" w:rsidRDefault="00AF498B" w:rsidP="00AF498B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>R Kingston</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
+          </w:tcPr>
+          <w:p w14:paraId="3DED8386" w14:textId="0A0AE499" w:rsidR="00AF498B" w:rsidRDefault="00AF498B" w:rsidP="00AF498B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Sports Science</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
+          </w:tcPr>
+          <w:p w14:paraId="5BDB80CC" w14:textId="2DD46000" w:rsidR="00AF498B" w:rsidRDefault="00AF498B" w:rsidP="00AF498B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>GCSE PE Students</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1028" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="24" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
+          </w:tcPr>
+          <w:p w14:paraId="0EE8F924" w14:textId="4B4BA0A9" w:rsidR="00AF498B" w:rsidRDefault="00AF498B" w:rsidP="00AF498B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Free</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AF498B" w14:paraId="181090E4" w14:textId="77777777" w:rsidTr="00B7525D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1986" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="24" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
+          </w:tcPr>
+          <w:p w14:paraId="1DBF6614" w14:textId="2F5F5FE4" w:rsidR="00AF498B" w:rsidRDefault="00AF498B" w:rsidP="00AF498B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Tuesday</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1528" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
+          </w:tcPr>
+          <w:p w14:paraId="52BBCB75" w14:textId="78EE8843" w:rsidR="00AF498B" w:rsidRDefault="00AF498B" w:rsidP="00AF498B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>3-4pm</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
+          </w:tcPr>
+          <w:p w14:paraId="09791835" w14:textId="42335AEB" w:rsidR="00AF498B" w:rsidRDefault="00AF498B" w:rsidP="00AF498B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Alevel</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> PE Plus</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
+          </w:tcPr>
+          <w:p w14:paraId="05A24E6C" w14:textId="650EA069" w:rsidR="00AF498B" w:rsidRDefault="00AF498B" w:rsidP="00AF498B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>M Wilce</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
+          </w:tcPr>
+          <w:p w14:paraId="3EA73C4F" w14:textId="7D2CBB60" w:rsidR="00AF498B" w:rsidRDefault="00AF498B" w:rsidP="00AF498B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Sports Science</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
+          </w:tcPr>
+          <w:p w14:paraId="30C16995" w14:textId="7C0ADA3F" w:rsidR="00AF498B" w:rsidRDefault="00AF498B" w:rsidP="00AF498B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>A</w:t>
+            </w:r>
+            <w:r w:rsidR="00816442">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> L</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>evel PE Students</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1028" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="24" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
+          </w:tcPr>
+          <w:p w14:paraId="06FC4C87" w14:textId="571C4402" w:rsidR="00AF498B" w:rsidRDefault="00AF498B" w:rsidP="00AF498B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Free</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AF498B" w14:paraId="55AADD8D" w14:textId="77777777" w:rsidTr="006A15DB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="13898" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="24" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="24" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="47A5DA78" w14:textId="37C99F8A" w:rsidR="008150AB" w:rsidRPr="001F5A8A" w:rsidRDefault="001F5A8A" w:rsidP="001F5A8A">
-[...26 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="133AE689" w14:textId="77777777" w:rsidR="00AF498B" w:rsidRPr="00C979EB" w:rsidRDefault="00AF498B" w:rsidP="00AF498B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008150AB" w14:paraId="2E3A5708" w14:textId="77777777" w:rsidTr="00B7525D">
+      <w:tr w:rsidR="00AF498B" w14:paraId="3FE0B99D" w14:textId="77777777" w:rsidTr="00B7525D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1986" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="24" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="61CA58F4" w14:textId="6BDDF36A" w:rsidR="008150AB" w:rsidRPr="00C979EB" w:rsidRDefault="008150AB" w:rsidP="008150AB">
+            <w:shd w:val="clear" w:color="auto" w:fill="D0CECE" w:themeFill="background2" w:themeFillShade="E6"/>
+          </w:tcPr>
+          <w:p w14:paraId="17025B84" w14:textId="06F830F8" w:rsidR="00AF498B" w:rsidRPr="00C979EB" w:rsidRDefault="00AF498B" w:rsidP="00AF498B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C979EB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>Monday</w:t>
+              <w:t>Wednesday</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1528" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="2AC362DB" w14:textId="3CD00C0A" w:rsidR="008150AB" w:rsidRPr="00C979EB" w:rsidRDefault="008150AB" w:rsidP="008150AB">
+            <w:shd w:val="clear" w:color="auto" w:fill="D0CECE" w:themeFill="background2" w:themeFillShade="E6"/>
+          </w:tcPr>
+          <w:p w14:paraId="507DA301" w14:textId="28C43439" w:rsidR="00AF498B" w:rsidRPr="00C979EB" w:rsidRDefault="00AF498B" w:rsidP="00AF498B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C979EB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>3-4pm</w:t>
+              <w:t>3-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C979EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>pm</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="24B439B6" w14:textId="768DBD8B" w:rsidR="008150AB" w:rsidRPr="00C979EB" w:rsidRDefault="008150AB" w:rsidP="008150AB">
+            <w:shd w:val="clear" w:color="auto" w:fill="D0CECE" w:themeFill="background2" w:themeFillShade="E6"/>
+          </w:tcPr>
+          <w:p w14:paraId="7EE34536" w14:textId="695846D5" w:rsidR="00AF498B" w:rsidRPr="00C979EB" w:rsidRDefault="00AF498B" w:rsidP="00AF498B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C979EB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>Y</w:t>
-[...9 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Fixtures </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D0CECE" w:themeFill="background2" w:themeFillShade="E6"/>
+          </w:tcPr>
+          <w:p w14:paraId="6FE31F60" w14:textId="7AA23CA8" w:rsidR="00AF498B" w:rsidRPr="00C979EB" w:rsidRDefault="00AF498B" w:rsidP="00AF498B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00C979EB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve">r </w:t>
-[...42 lines deleted...]
-              <w:t>M Wilce</w:t>
+              <w:t xml:space="preserve">All Staff </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="50CCD104" w14:textId="641095C0" w:rsidR="008150AB" w:rsidRPr="00C979EB" w:rsidRDefault="008150AB" w:rsidP="008150AB">
+            <w:shd w:val="clear" w:color="auto" w:fill="D0CECE" w:themeFill="background2" w:themeFillShade="E6"/>
+          </w:tcPr>
+          <w:p w14:paraId="7737A254" w14:textId="77777777" w:rsidR="00AF498B" w:rsidRPr="00C979EB" w:rsidRDefault="00AF498B" w:rsidP="00AF498B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D0CECE" w:themeFill="background2" w:themeFillShade="E6"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C5B657B" w14:textId="787C0155" w:rsidR="00AF498B" w:rsidRPr="00C979EB" w:rsidRDefault="00AF498B" w:rsidP="00AF498B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C979EB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>Sports Hall</w:t>
-[...42 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">All </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>years</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1028" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="24" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="0529C369" w14:textId="20D992EB" w:rsidR="008150AB" w:rsidRPr="00C979EB" w:rsidRDefault="008150AB" w:rsidP="008150AB">
+            <w:shd w:val="clear" w:color="auto" w:fill="D0CECE" w:themeFill="background2" w:themeFillShade="E6"/>
+          </w:tcPr>
+          <w:p w14:paraId="4950E7FD" w14:textId="746F3A10" w:rsidR="00AF498B" w:rsidRPr="00C979EB" w:rsidRDefault="00AF498B" w:rsidP="00AF498B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C979EB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Free</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008150AB" w14:paraId="5206EC25" w14:textId="77777777" w:rsidTr="00B7525D">
+      <w:tr w:rsidR="00AF498B" w14:paraId="35504119" w14:textId="77777777" w:rsidTr="004A1FD4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1986" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="24" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
-[...17 lines deleted...]
-              <w:t>Monday</w:t>
+            <w:shd w:val="clear" w:color="auto" w:fill="F765ED"/>
+          </w:tcPr>
+          <w:p w14:paraId="374A2D8F" w14:textId="48C052BC" w:rsidR="00AF498B" w:rsidRPr="00C979EB" w:rsidRDefault="00AF498B" w:rsidP="00AF498B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Wednesday</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1528" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
-[...17 lines deleted...]
-              <w:t>3-4pm</w:t>
+            <w:shd w:val="clear" w:color="auto" w:fill="F765ED"/>
+          </w:tcPr>
+          <w:p w14:paraId="33C293C0" w14:textId="5D53A198" w:rsidR="00AF498B" w:rsidRPr="00C979EB" w:rsidRDefault="00AF498B" w:rsidP="00AF498B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>3-3:45pm</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
-[...17 lines deleted...]
-              <w:t xml:space="preserve">Year 7 Rugby </w:t>
+            <w:shd w:val="clear" w:color="auto" w:fill="F765ED"/>
+          </w:tcPr>
+          <w:p w14:paraId="4AAB0D8F" w14:textId="6C6B3668" w:rsidR="00AF498B" w:rsidRPr="00C979EB" w:rsidRDefault="00AF498B" w:rsidP="00AF498B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Street/ Commercial Dance</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
-[...17 lines deleted...]
-              <w:t>G Anderson</w:t>
+            <w:shd w:val="clear" w:color="auto" w:fill="F765ED"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F33F481" w14:textId="68132D17" w:rsidR="00AF498B" w:rsidRPr="00C979EB" w:rsidRDefault="00AF498B" w:rsidP="00AF498B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Dance Teacher</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
-[...17 lines deleted...]
-              <w:t>Field</w:t>
+            <w:shd w:val="clear" w:color="auto" w:fill="F765ED"/>
+          </w:tcPr>
+          <w:p w14:paraId="2737AC44" w14:textId="42B5A831" w:rsidR="00AF498B" w:rsidRPr="00C979EB" w:rsidRDefault="00AF498B" w:rsidP="00AF498B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>ABG</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
-[...26 lines deleted...]
-              <w:t>7</w:t>
+            <w:shd w:val="clear" w:color="auto" w:fill="F765ED"/>
+          </w:tcPr>
+          <w:p w14:paraId="1DD87769" w14:textId="4E023BAA" w:rsidR="00AF498B" w:rsidRPr="00C979EB" w:rsidRDefault="00AF498B" w:rsidP="00AF498B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>All Years</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1028" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="24" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
-[...17 lines deleted...]
-              <w:t>Free</w:t>
+            <w:shd w:val="clear" w:color="auto" w:fill="F765ED"/>
+          </w:tcPr>
+          <w:p w14:paraId="1469AE4B" w14:textId="46B7B6C2" w:rsidR="00AF498B" w:rsidRPr="00C979EB" w:rsidRDefault="00AF498B" w:rsidP="00AF498B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B7525D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Paid</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008150AB" w14:paraId="35C07F15" w14:textId="77777777" w:rsidTr="00B7525D">
+      <w:tr w:rsidR="00AF498B" w14:paraId="39D29748" w14:textId="77777777" w:rsidTr="00B7525D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1986" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="24" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
-[...17 lines deleted...]
-              <w:t xml:space="preserve">Monday </w:t>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
+          </w:tcPr>
+          <w:p w14:paraId="41DA2D45" w14:textId="6153BDEC" w:rsidR="00AF498B" w:rsidRPr="00C979EB" w:rsidRDefault="00AF498B" w:rsidP="00AF498B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Wednesday</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1528" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00C979EB">
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A077632" w14:textId="5E124DD3" w:rsidR="00AF498B" w:rsidRPr="00C979EB" w:rsidRDefault="00AF498B" w:rsidP="00AF498B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>3-4pm</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
-[...17 lines deleted...]
-              <w:t xml:space="preserve">Year 8 Rugby </w:t>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B4E5CF7" w14:textId="40A7237A" w:rsidR="00AF498B" w:rsidRPr="00C979EB" w:rsidRDefault="00AF498B" w:rsidP="00AF498B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>BTEC Sport Plus</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="62214A85" w14:textId="2CEF6058" w:rsidR="008150AB" w:rsidRPr="00C979EB" w:rsidRDefault="00A63273" w:rsidP="008150AB">
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
+          </w:tcPr>
+          <w:p w14:paraId="485152C9" w14:textId="71F66438" w:rsidR="00AF498B" w:rsidRPr="00C979EB" w:rsidRDefault="00AF498B" w:rsidP="00AF498B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>J Hyde</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
-[...17 lines deleted...]
-              <w:t>Field</w:t>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
+          </w:tcPr>
+          <w:p w14:paraId="72E1C7CD" w14:textId="222DA99E" w:rsidR="00AF498B" w:rsidRPr="00C979EB" w:rsidRDefault="00AF498B" w:rsidP="00AF498B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Sport Science</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
-[...17 lines deleted...]
-              <w:t xml:space="preserve">Year 8 </w:t>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
+          </w:tcPr>
+          <w:p w14:paraId="5ABAFB0F" w14:textId="01B1C0F1" w:rsidR="00AF498B" w:rsidRPr="00C979EB" w:rsidRDefault="00AF498B" w:rsidP="00AF498B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Btec</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Sport Students</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1028" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="24" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00C979EB">
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
+          </w:tcPr>
+          <w:p w14:paraId="523E4464" w14:textId="06C39139" w:rsidR="00AF498B" w:rsidRPr="00C979EB" w:rsidRDefault="00AF498B" w:rsidP="00AF498B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Free</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AE1695" w14:paraId="06A6BE10" w14:textId="77777777" w:rsidTr="00B7525D">
-[...1115 lines deleted...]
-      <w:tr w:rsidR="00AF498B" w14:paraId="05F66FD0" w14:textId="77777777" w:rsidTr="006A15DB">
+      <w:tr w:rsidR="00AF498B" w14:paraId="01C9AB3C" w14:textId="77777777" w:rsidTr="006A15DB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="13898" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="24" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="24" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="5FE24178" w14:textId="77777777" w:rsidR="00AF498B" w:rsidRPr="00C979EB" w:rsidRDefault="00AF498B" w:rsidP="00AF498B">
-[...1741 lines deleted...]
-          </w:tcPr>
           <w:p w14:paraId="14790536" w14:textId="77777777" w:rsidR="00AF498B" w:rsidRPr="00C979EB" w:rsidRDefault="00AF498B" w:rsidP="00AF498B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AF498B" w14:paraId="5820EF91" w14:textId="77777777" w:rsidTr="00B7525D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1986" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="24" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="24" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CCFFFF"/>
           </w:tcPr>
           <w:p w14:paraId="59A360E9" w14:textId="6E050DB4" w:rsidR="00AF498B" w:rsidRPr="00C979EB" w:rsidRDefault="00AF498B" w:rsidP="00AF498B">
             <w:pPr>
               <w:rPr>
@@ -4609,221 +3872,179 @@
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CCFFFF"/>
           </w:tcPr>
           <w:p w14:paraId="3F025919" w14:textId="1B64CDB5" w:rsidR="00AF498B" w:rsidRPr="00C979EB" w:rsidRDefault="00AF498B" w:rsidP="00AF498B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Free</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="5826F320" w14:textId="61BB6B9D" w:rsidR="003B0C67" w:rsidRPr="007659FF" w:rsidRDefault="005A2024" w:rsidP="007659FF">
+    <w:p w14:paraId="5826F320" w14:textId="4F0081F3" w:rsidR="003B0C67" w:rsidRPr="007659FF" w:rsidRDefault="005A2024" w:rsidP="007659FF">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r w:rsidR="003B0C67" w:rsidRPr="005A2024">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Information:</w:t>
       </w:r>
       <w:r w:rsidR="003B0C67" w:rsidRPr="005A2024">
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="005A2024">
         <w:rPr>
           <w:color w:val="FF0000"/>
-        </w:rPr>
-[...64 lines deleted...]
-          <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidR="00580449" w:rsidRPr="005A2024">
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Netball Development Squad is for </w:t>
       </w:r>
       <w:r w:rsidR="004E14F8">
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>teams</w:t>
       </w:r>
       <w:r w:rsidR="00580449" w:rsidRPr="005A2024">
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> that have county competitions later this year, students will be </w:t>
       </w:r>
       <w:r w:rsidR="008D594B" w:rsidRPr="005A2024">
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">made aware if they are to attend by Miss Kingston. </w:t>
       </w:r>
       <w:r w:rsidR="008D594B" w:rsidRPr="005A2024">
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidR="000A6DE3">
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>To book onto dance lessons please visit</w:t>
+        <w:t xml:space="preserve">To book onto dance lessons </w:t>
       </w:r>
-      <w:r w:rsidR="00F404A3">
+      <w:r w:rsidR="00AC6668">
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">or </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7" w:history="1">
-        <w:r w:rsidR="00C63F10" w:rsidRPr="00157913">
+      <w:r w:rsidR="00832A83">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">attend a free trial </w:t>
+      </w:r>
+      <w:r w:rsidR="000A6DE3">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>please visi</w:t>
+      </w:r>
+      <w:r w:rsidR="00A8228F">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">t </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId7" w:tgtFrame="_blank" w:tooltip="https://linkprotect.cudasvc.com/url?a=https%3a%2f%2fstudio-fogg-dance-company.classforkids.io%2finfo%2f315&amp;c=E,1,tu2xCWAcDwt3jpF76oMuc7pF3elyoTI-yFIZBjhLLDpALEfkOVlV22ECEnP5w9H9MXWsSTuEx_NZb4lkhLzuIIhcNUAlEy_e5_K2DiOnamIwgOvopsKRyeN5tw,,&amp;typo=1" w:history="1">
+        <w:r w:rsidR="00A8228F" w:rsidRPr="00A8228F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
-          <w:t>https://studio-fogg-dance-company.classforkids.io/info/312</w:t>
+          <w:t>https://studio-fogg-dance-company.classforkids.io/info/315</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00C63F10">
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> . </w:t>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="003B0C67" w:rsidRPr="007659FF" w:rsidSect="00E13EC7">
       <w:headerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="24FB5AE1" w14:textId="77777777" w:rsidR="00B4795B" w:rsidRDefault="00B4795B" w:rsidP="008150AB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
@@ -5015,50 +4236,51 @@
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="008150AB"/>
     <w:rsid w:val="00014120"/>
     <w:rsid w:val="000705CC"/>
     <w:rsid w:val="000822BC"/>
     <w:rsid w:val="000A3962"/>
     <w:rsid w:val="000A6DE3"/>
     <w:rsid w:val="000B088D"/>
     <w:rsid w:val="000B5DFB"/>
     <w:rsid w:val="000D0A47"/>
     <w:rsid w:val="000D522B"/>
     <w:rsid w:val="001009E7"/>
     <w:rsid w:val="00130210"/>
     <w:rsid w:val="00130364"/>
     <w:rsid w:val="00134919"/>
     <w:rsid w:val="001355D3"/>
     <w:rsid w:val="00136F0E"/>
     <w:rsid w:val="00151871"/>
     <w:rsid w:val="001560BD"/>
     <w:rsid w:val="0015754E"/>
     <w:rsid w:val="0017171A"/>
     <w:rsid w:val="00172949"/>
     <w:rsid w:val="00176A47"/>
+    <w:rsid w:val="00176B38"/>
     <w:rsid w:val="0018554D"/>
     <w:rsid w:val="00192187"/>
     <w:rsid w:val="001A2423"/>
     <w:rsid w:val="001B3313"/>
     <w:rsid w:val="001C1ADC"/>
     <w:rsid w:val="001C51C7"/>
     <w:rsid w:val="001F5A8A"/>
     <w:rsid w:val="00225E11"/>
     <w:rsid w:val="00233D12"/>
     <w:rsid w:val="002422E4"/>
     <w:rsid w:val="002514A3"/>
     <w:rsid w:val="00252D0D"/>
     <w:rsid w:val="0025784F"/>
     <w:rsid w:val="00266C1C"/>
     <w:rsid w:val="00276B5C"/>
     <w:rsid w:val="002E739D"/>
     <w:rsid w:val="002F2ADE"/>
     <w:rsid w:val="00300DF9"/>
     <w:rsid w:val="00325305"/>
     <w:rsid w:val="00330FD7"/>
     <w:rsid w:val="00333CE8"/>
     <w:rsid w:val="0036290C"/>
     <w:rsid w:val="003644B0"/>
     <w:rsid w:val="003657DF"/>
     <w:rsid w:val="003709B3"/>
@@ -5069,202 +4291,221 @@
     <w:rsid w:val="003B46F5"/>
     <w:rsid w:val="003B720E"/>
     <w:rsid w:val="003C4B7D"/>
     <w:rsid w:val="003C4C93"/>
     <w:rsid w:val="004032AF"/>
     <w:rsid w:val="00405C9F"/>
     <w:rsid w:val="004118D4"/>
     <w:rsid w:val="004159E4"/>
     <w:rsid w:val="00416E08"/>
     <w:rsid w:val="004222CE"/>
     <w:rsid w:val="00424A42"/>
     <w:rsid w:val="004305A8"/>
     <w:rsid w:val="0044607F"/>
     <w:rsid w:val="00452716"/>
     <w:rsid w:val="004860A8"/>
     <w:rsid w:val="004A1FD4"/>
     <w:rsid w:val="004A3943"/>
     <w:rsid w:val="004A7FE2"/>
     <w:rsid w:val="004C477D"/>
     <w:rsid w:val="004E14F8"/>
     <w:rsid w:val="00502900"/>
     <w:rsid w:val="00506AFD"/>
     <w:rsid w:val="005470DA"/>
     <w:rsid w:val="00554B20"/>
     <w:rsid w:val="00555158"/>
+    <w:rsid w:val="00561957"/>
     <w:rsid w:val="00561D35"/>
     <w:rsid w:val="0056543D"/>
     <w:rsid w:val="00580449"/>
+    <w:rsid w:val="00590D2D"/>
     <w:rsid w:val="00596E4E"/>
     <w:rsid w:val="005A2024"/>
     <w:rsid w:val="005A64DC"/>
     <w:rsid w:val="005A6E08"/>
     <w:rsid w:val="005D57FD"/>
     <w:rsid w:val="005E1A99"/>
     <w:rsid w:val="005E29A6"/>
     <w:rsid w:val="00605BC0"/>
+    <w:rsid w:val="00630AD7"/>
     <w:rsid w:val="006319CA"/>
+    <w:rsid w:val="0063302A"/>
+    <w:rsid w:val="00633B58"/>
     <w:rsid w:val="00644B2D"/>
     <w:rsid w:val="0064797A"/>
+    <w:rsid w:val="00657563"/>
     <w:rsid w:val="00667050"/>
     <w:rsid w:val="006848AF"/>
     <w:rsid w:val="00696E5C"/>
     <w:rsid w:val="006A050D"/>
     <w:rsid w:val="006A0617"/>
     <w:rsid w:val="006A15DB"/>
     <w:rsid w:val="006B08CA"/>
     <w:rsid w:val="006E677D"/>
     <w:rsid w:val="006F30C4"/>
     <w:rsid w:val="00701D40"/>
     <w:rsid w:val="00720109"/>
     <w:rsid w:val="00723808"/>
     <w:rsid w:val="00763F04"/>
     <w:rsid w:val="007659FF"/>
     <w:rsid w:val="00775CD1"/>
     <w:rsid w:val="007A3A79"/>
     <w:rsid w:val="007C08F0"/>
+    <w:rsid w:val="007D047E"/>
     <w:rsid w:val="007D3DB6"/>
     <w:rsid w:val="007F5D02"/>
     <w:rsid w:val="008150AB"/>
+    <w:rsid w:val="00816442"/>
     <w:rsid w:val="00825794"/>
     <w:rsid w:val="008322C7"/>
+    <w:rsid w:val="00832A83"/>
     <w:rsid w:val="00833DE7"/>
     <w:rsid w:val="00846CF5"/>
     <w:rsid w:val="0089610D"/>
     <w:rsid w:val="008A61EC"/>
+    <w:rsid w:val="008A6AFA"/>
     <w:rsid w:val="008B105B"/>
     <w:rsid w:val="008C41B3"/>
     <w:rsid w:val="008D14C3"/>
     <w:rsid w:val="008D594B"/>
+    <w:rsid w:val="009123D8"/>
     <w:rsid w:val="00915576"/>
     <w:rsid w:val="00916D00"/>
     <w:rsid w:val="0094498D"/>
     <w:rsid w:val="00954E03"/>
     <w:rsid w:val="00957A45"/>
     <w:rsid w:val="009704D8"/>
     <w:rsid w:val="00970E33"/>
     <w:rsid w:val="00971FF8"/>
     <w:rsid w:val="00972C9A"/>
     <w:rsid w:val="00981D1B"/>
     <w:rsid w:val="009A0C54"/>
     <w:rsid w:val="009B0DE3"/>
     <w:rsid w:val="009C3302"/>
     <w:rsid w:val="009C4D25"/>
     <w:rsid w:val="009D1845"/>
+    <w:rsid w:val="009D2C82"/>
     <w:rsid w:val="009D32C8"/>
     <w:rsid w:val="009F3B56"/>
     <w:rsid w:val="00A05FD5"/>
     <w:rsid w:val="00A12A51"/>
     <w:rsid w:val="00A16B87"/>
     <w:rsid w:val="00A21CC3"/>
     <w:rsid w:val="00A33B34"/>
     <w:rsid w:val="00A5143D"/>
     <w:rsid w:val="00A63273"/>
     <w:rsid w:val="00A64EB9"/>
+    <w:rsid w:val="00A8228F"/>
+    <w:rsid w:val="00AC6668"/>
     <w:rsid w:val="00AE1695"/>
     <w:rsid w:val="00AF29AE"/>
     <w:rsid w:val="00AF2F3E"/>
     <w:rsid w:val="00AF46FD"/>
     <w:rsid w:val="00AF498B"/>
     <w:rsid w:val="00B12BE0"/>
     <w:rsid w:val="00B15F1D"/>
     <w:rsid w:val="00B4795B"/>
+    <w:rsid w:val="00B500E1"/>
     <w:rsid w:val="00B61DF9"/>
     <w:rsid w:val="00B707C2"/>
     <w:rsid w:val="00B7525D"/>
     <w:rsid w:val="00BB6419"/>
     <w:rsid w:val="00BC28A6"/>
     <w:rsid w:val="00BF1E4C"/>
     <w:rsid w:val="00C20765"/>
     <w:rsid w:val="00C317B1"/>
     <w:rsid w:val="00C57845"/>
     <w:rsid w:val="00C62CDA"/>
     <w:rsid w:val="00C63F10"/>
     <w:rsid w:val="00C650AF"/>
     <w:rsid w:val="00C766E2"/>
     <w:rsid w:val="00C8534B"/>
     <w:rsid w:val="00C979EB"/>
     <w:rsid w:val="00CA5EBF"/>
     <w:rsid w:val="00CA6468"/>
     <w:rsid w:val="00D01337"/>
     <w:rsid w:val="00D30525"/>
     <w:rsid w:val="00D365FE"/>
     <w:rsid w:val="00D51297"/>
     <w:rsid w:val="00D6779C"/>
     <w:rsid w:val="00D736DF"/>
     <w:rsid w:val="00D83D27"/>
     <w:rsid w:val="00D84143"/>
     <w:rsid w:val="00D84DC5"/>
     <w:rsid w:val="00D87586"/>
     <w:rsid w:val="00D95C0E"/>
     <w:rsid w:val="00DA2283"/>
     <w:rsid w:val="00DA3C87"/>
     <w:rsid w:val="00DA5390"/>
     <w:rsid w:val="00DB11CD"/>
+    <w:rsid w:val="00DB70A8"/>
     <w:rsid w:val="00DB7340"/>
     <w:rsid w:val="00DD3775"/>
     <w:rsid w:val="00DE06B5"/>
     <w:rsid w:val="00DE0D86"/>
+    <w:rsid w:val="00DE29A6"/>
     <w:rsid w:val="00DE4EAC"/>
     <w:rsid w:val="00DF0912"/>
     <w:rsid w:val="00DF34A6"/>
     <w:rsid w:val="00DF6A1D"/>
     <w:rsid w:val="00E061B9"/>
     <w:rsid w:val="00E13EC7"/>
     <w:rsid w:val="00E1578A"/>
     <w:rsid w:val="00E224FB"/>
     <w:rsid w:val="00E256B4"/>
+    <w:rsid w:val="00E426CC"/>
     <w:rsid w:val="00E502EF"/>
     <w:rsid w:val="00EB019F"/>
     <w:rsid w:val="00EB045A"/>
     <w:rsid w:val="00EC2354"/>
     <w:rsid w:val="00ED177D"/>
     <w:rsid w:val="00ED50AA"/>
     <w:rsid w:val="00ED7FDD"/>
     <w:rsid w:val="00EE3D8F"/>
     <w:rsid w:val="00EF2730"/>
     <w:rsid w:val="00EF3D20"/>
     <w:rsid w:val="00EF5A6D"/>
     <w:rsid w:val="00EF6742"/>
     <w:rsid w:val="00F0703F"/>
     <w:rsid w:val="00F20C49"/>
     <w:rsid w:val="00F216BD"/>
     <w:rsid w:val="00F404A3"/>
     <w:rsid w:val="00F5141B"/>
     <w:rsid w:val="00F536DC"/>
     <w:rsid w:val="00F60C79"/>
     <w:rsid w:val="00F6455F"/>
     <w:rsid w:val="00F73616"/>
     <w:rsid w:val="00F75E5F"/>
     <w:rsid w:val="00F84E80"/>
     <w:rsid w:val="00F91AE8"/>
     <w:rsid w:val="00F93004"/>
     <w:rsid w:val="00F931E2"/>
     <w:rsid w:val="00FA5310"/>
     <w:rsid w:val="00FB718B"/>
     <w:rsid w:val="00FC1F9B"/>
     <w:rsid w:val="00FE3776"/>
+    <w:rsid w:val="00FE7B6A"/>
     <w:rsid w:val="01FE8D38"/>
     <w:rsid w:val="282AC7DF"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
@@ -5655,51 +4896,50 @@
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
@@ -5783,62 +5023,74 @@
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00644B2D"/>
     <w:rPr>
       <w:color w:val="0563C1" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00644B2D"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:styleId="FollowedHyperlink">
+    <w:name w:val="FollowedHyperlink"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00A8228F"/>
+    <w:rPr>
+      <w:color w:val="954F72" w:themeColor="followedHyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://studio-fogg-dance-company.classforkids.io/info/312" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://linkprotect.cudasvc.com/url?a=https%3a%2f%2fstudio-fogg-dance-company.classforkids.io%2finfo%2f315&amp;c=E,1,tu2xCWAcDwt3jpF76oMuc7pF3elyoTI-yFIZBjhLLDpALEfkOVlV22ECEnP5w9H9MXWsSTuEx_NZb4lkhLzuIIhcNUAlEy_e5_K2DiOnamIwgOvopsKRyeN5tw,,&amp;typo=1" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -6119,70 +5371,70 @@
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9CA37F1C-78BD-442F-BB03-9BEA9F844D5D}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{e25599d4-67a6-4230-845b-3a0138b2778c}" enabled="1" method="Standard" siteId="{7eeaedd6-bf37-4015-8fe9-19fbc2c02d55}" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>383</Words>
-  <Characters>2185</Characters>
+  <Words>389</Words>
+  <Characters>2221</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>18</Lines>
   <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2563</CharactersWithSpaces>
+  <CharactersWithSpaces>2605</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>Michael Wilce</dc:creator>
+  <dc:creator>George Anderson</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>